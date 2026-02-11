--- v0 (2025-10-13)
+++ v1 (2026-02-11)
@@ -926,90 +926,90 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007703DD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00694326">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007703DD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00901FE4" w:rsidRPr="007703DD">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sterile</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="427E8C94" w14:textId="77777777" w:rsidR="00901FE4" w:rsidRPr="004571C0" w:rsidRDefault="00901FE4" w:rsidP="000C2A8E">
             <w:pPr>
               <w:pStyle w:val="TableBodyLeft"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007703DD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00694326">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007703DD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="007703DD">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non-sterile</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901FE4" w:rsidRPr="004571C0" w14:paraId="28E9680D" w14:textId="77777777" w:rsidTr="3AD6D73F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1040,56 +1040,56 @@
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve">Option 1: No risk assessment summary is provided </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04576C7B" w14:textId="77777777" w:rsidR="00901FE4" w:rsidRPr="004571C0" w:rsidRDefault="00901FE4" w:rsidP="000C2A8E">
@@ -1097,56 +1097,56 @@
               <w:pStyle w:val="TableBodyLeft"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:t>Option 2. Risk assessment summary is provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1180,90 +1180,90 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="297959A2" w14:textId="45454782" w:rsidR="00901FE4" w:rsidRPr="004571C0" w:rsidRDefault="00901FE4" w:rsidP="3AD6D73F">
             <w:pPr>
               <w:pStyle w:val="TableBodyLeft"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3AD6D73F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="3AD6D73F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="3AD6D73F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00770BEA" w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00770BEA" w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00846113">
+            <w:r w:rsidR="002E0DCB">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00770BEA" w:rsidRPr="00B859B7">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="3AD6D73F" w:rsidRPr="3AD6D73F">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               </w:rPr>
               <w:t xml:space="preserve"> A nitrosamine Risk Assessment Report is provided.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00901FE4" w:rsidRPr="004571C0" w14:paraId="551E9EA3" w14:textId="77777777" w:rsidTr="3AD6D73F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
@@ -3210,81 +3210,87 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00492F97">
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t>Option</w:t>
       </w:r>
       <w:r w:rsidRPr="00474604">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FD5BE6" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10BB469F" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
+    <w:p w14:paraId="10BB469F" w14:textId="78C7F268" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00474604">
         <w:t xml:space="preserve">To establish that the indicated site(s) of API manufacture </w:t>
       </w:r>
       <w:r w:rsidR="00032B03">
         <w:t>is/</w:t>
       </w:r>
       <w:r w:rsidRPr="00474604">
         <w:t>are operating in compliance with GMP, ____________ (</w:t>
       </w:r>
       <w:r w:rsidRPr="00246C7B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>company name</w:t>
       </w:r>
       <w:r w:rsidRPr="00474604">
         <w:t>) requests that WHO arranges to inspect this/these facility(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00474604">
         <w:t>ies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00474604">
         <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1795">
+        <w:t xml:space="preserve">  The site(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7D17">
+        <w:t xml:space="preserve"> are available for inspection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B9100D9" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04DA82CA" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00FA40CE" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00474604" w:rsidRPr="00474604">
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
@@ -3352,81 +3358,87 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00492F97">
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t>Option</w:t>
       </w:r>
       <w:r w:rsidRPr="00474604">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452C7E4A" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56F5AACF" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
+    <w:p w14:paraId="56F5AACF" w14:textId="5E7149C7" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r w:rsidRPr="00474604">
         <w:t xml:space="preserve">To demonstrate that the indicated site(s) of API manufacture </w:t>
       </w:r>
       <w:r w:rsidR="00032B03">
         <w:t>is/</w:t>
       </w:r>
       <w:r w:rsidRPr="00474604">
         <w:t>are operating in compliance with GMP, evidence of this compliance has been included with this application. Nonetheless, ____________ (</w:t>
       </w:r>
       <w:r w:rsidRPr="00246C7B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>company name</w:t>
       </w:r>
       <w:r w:rsidRPr="00474604">
         <w:t>) acknowledges that WHO may need to inspect this/these facility(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00474604">
         <w:t>ies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00474604">
-        <w:t>).</w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7D17">
+        <w:t xml:space="preserve"> and these are available for inspection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474604">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A69D72" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00474604" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77F2D482" w14:textId="77777777" w:rsidR="00474604" w:rsidRPr="00474604" w:rsidRDefault="00FA40CE" w:rsidP="00694326">
       <w:pPr>
         <w:pStyle w:val="BlockQuote2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00474604" w:rsidRPr="00474604">
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
@@ -4254,64 +4266,67 @@
         </w:rPr>
         <w:t>ubmitted documents is accurate.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B3FD9">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t xml:space="preserve"> I confirm that information in the application form and the submitted documents does not contain intentionally misleading information, nor has information been withheld that might affect the assessment of compliance with WHO requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0F5EF9" w14:textId="0713C14E" w:rsidR="00630481" w:rsidRDefault="730E9541" w:rsidP="00032B03">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="730E9541">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
         <w:t>I confirm that the submitted APIMF meets the documentation requirements specified on PQT/MED website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BB6BB9" w14:textId="77777777" w:rsidR="00EF2DC1" w:rsidRDefault="00EF2DC1" w:rsidP="00614EE8">
+    <w:p w14:paraId="31BB6BB9" w14:textId="2482E92F" w:rsidR="00EF2DC1" w:rsidRDefault="00EF2DC1" w:rsidP="00614EE8">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk536093714"/>
       <w:r w:rsidRPr="00160004">
-        <w:t>Confirm that the sites of manufacturing specified in the submitted APIMF are operating in compliance with ICHQ7 GMP.</w:t>
+        <w:t>Confirm that the sites of manufacturing specified in the submitted APIMF are operating in compliance with ICHQ7 GMP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidR="009A5451">
+        <w:t>, and are ready for inspection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E2055F2" w14:textId="77777777" w:rsidR="00EF2DC1" w:rsidRPr="00160004" w:rsidRDefault="00EF2DC1" w:rsidP="00614EE8">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Confirm that the API manufacturer has undertaken review of their API intermediate suppliers to determine that they are operating in compliance with </w:t>
       </w:r>
       <w:r w:rsidRPr="00160004">
         <w:t>ICHQ7 GMP.</w:t>
       </w:r>
       <w:r w:rsidRPr="0002414F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="398E1887" w14:textId="1BEB914C" w:rsidR="007866CB" w:rsidRPr="004B3FD9" w:rsidRDefault="730E9541" w:rsidP="00032B03">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:ind w:left="432"/>
@@ -4888,58 +4903,58 @@
         <w:pStyle w:val="Paragraph"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00022E87" w:rsidRPr="004B3FD9" w:rsidSect="00A447DA">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1526" w:right="1080" w:bottom="1080" w:left="1080" w:header="360" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C652D6D" w14:textId="77777777" w:rsidR="00215CF5" w:rsidRDefault="00215CF5" w:rsidP="00160872">
+    <w:p w14:paraId="0ABE673C" w14:textId="77777777" w:rsidR="00882B1C" w:rsidRDefault="00882B1C" w:rsidP="00160872">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="676144A1" w14:textId="77777777" w:rsidR="00215CF5" w:rsidRDefault="00215CF5" w:rsidP="00160872">
+    <w:p w14:paraId="0771BC74" w14:textId="77777777" w:rsidR="00882B1C" w:rsidRDefault="00882B1C" w:rsidP="00160872">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5217,58 +5232,58 @@
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="5752EFBB">
       <w:rPr>
         <w:rStyle w:val="SubtleEmphasis"/>
         <w:rFonts w:eastAsia="SimSun"/>
       </w:rPr>
       <w:t>If an agent is making this application on behalf of the manufacturer, then a relevant letter of authorization from the API manufacturer should be attached to this application form.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="75C50D43" w14:textId="2BF814A2" w:rsidR="00B6678D" w:rsidRDefault="004B4568" w:rsidP="00AB5055">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="708F05FA" w14:textId="77777777" w:rsidR="00215CF5" w:rsidRDefault="00215CF5" w:rsidP="00160872">
+    <w:p w14:paraId="7A558503" w14:textId="77777777" w:rsidR="00882B1C" w:rsidRDefault="00882B1C" w:rsidP="00160872">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CE915D7" w14:textId="77777777" w:rsidR="00215CF5" w:rsidRDefault="00215CF5" w:rsidP="00160872">
+    <w:p w14:paraId="5A82B60F" w14:textId="77777777" w:rsidR="00882B1C" w:rsidRDefault="00882B1C" w:rsidP="00160872">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="27A6D9A0" w14:textId="77777777" w:rsidR="00EF2DC1" w:rsidRDefault="00EF2DC1" w:rsidP="00EF2DC1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A844D0">
         <w:t xml:space="preserve">The International Conference on Harmonisation of Technical Requirements for Registration of Pharmaceuticals for Human Use. See: </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00884A35">
           <w:rPr>
@@ -5410,69 +5425,72 @@
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:instrText xml:space="preserve"> DOCPROPERTY  "Report Type"  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidR="00501A65" w:rsidRPr="00F2366F">
             <w:rPr>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00FC09CC">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:t>Application Form</w:t>
           </w:r>
           <w:r w:rsidR="00501A65" w:rsidRPr="00F2366F">
             <w:rPr>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="20544C26" w14:textId="3BFA186A" w:rsidR="007866CB" w:rsidRPr="003F22BE" w:rsidRDefault="007866CB" w:rsidP="00022E87">
+        <w:p w14:paraId="20544C26" w14:textId="6A2398D3" w:rsidR="007866CB" w:rsidRPr="003F22BE" w:rsidRDefault="007866CB" w:rsidP="00022E87">
           <w:pPr>
             <w:pStyle w:val="ReportDate"/>
             <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00AE37A4">
             <w:tab/>
           </w:r>
           <w:r w:rsidR="0060156E" w:rsidRPr="0098540D">
             <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidR="00E84359">
-            <w:t>0</w:t>
+          <w:r w:rsidR="00300FC7">
+            <w:t>5 Jan</w:t>
           </w:r>
           <w:r w:rsidR="0098540D" w:rsidRPr="0098540D">
-            <w:t xml:space="preserve"> June 2025</w:t>
+            <w:t xml:space="preserve"> 202</w:t>
+          </w:r>
+          <w:r w:rsidR="00300FC7">
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="7E26F7CA" w14:textId="77777777" w:rsidR="00B6678D" w:rsidRPr="007866CB" w:rsidRDefault="00B6678D" w:rsidP="007866CB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="76D09ED4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8068,51 +8086,51 @@
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1645508237">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="394862415">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1190948122">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1992098623">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="832918044">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="2102292985">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -8174,69 +8192,72 @@
     <w:rsid w:val="001F0D11"/>
     <w:rsid w:val="001F3CD7"/>
     <w:rsid w:val="00206E89"/>
     <w:rsid w:val="00211920"/>
     <w:rsid w:val="00215CF5"/>
     <w:rsid w:val="00217070"/>
     <w:rsid w:val="002225B1"/>
     <w:rsid w:val="002248D2"/>
     <w:rsid w:val="00225B74"/>
     <w:rsid w:val="00232DF0"/>
     <w:rsid w:val="002351BB"/>
     <w:rsid w:val="0023550A"/>
     <w:rsid w:val="00246C7B"/>
     <w:rsid w:val="00247712"/>
     <w:rsid w:val="002541CA"/>
     <w:rsid w:val="00256E30"/>
     <w:rsid w:val="00280C12"/>
     <w:rsid w:val="00281505"/>
     <w:rsid w:val="0029705B"/>
     <w:rsid w:val="002B080E"/>
     <w:rsid w:val="002B4B0F"/>
     <w:rsid w:val="002C124D"/>
     <w:rsid w:val="002C2FC8"/>
     <w:rsid w:val="002D2EA4"/>
     <w:rsid w:val="002D7A3E"/>
+    <w:rsid w:val="002E0DCB"/>
     <w:rsid w:val="002F018D"/>
     <w:rsid w:val="002F0F10"/>
     <w:rsid w:val="002F38A2"/>
+    <w:rsid w:val="00300FC7"/>
     <w:rsid w:val="003074AF"/>
     <w:rsid w:val="00314295"/>
     <w:rsid w:val="00342D92"/>
     <w:rsid w:val="003547F9"/>
     <w:rsid w:val="003611B6"/>
     <w:rsid w:val="003624EC"/>
     <w:rsid w:val="00365E21"/>
     <w:rsid w:val="003823BD"/>
     <w:rsid w:val="00382B15"/>
     <w:rsid w:val="0038699D"/>
     <w:rsid w:val="00390216"/>
     <w:rsid w:val="003908F3"/>
     <w:rsid w:val="00391908"/>
     <w:rsid w:val="003B6056"/>
     <w:rsid w:val="003B65FD"/>
     <w:rsid w:val="003C1FDA"/>
+    <w:rsid w:val="003C3B29"/>
     <w:rsid w:val="003C5BED"/>
     <w:rsid w:val="003C6FE3"/>
     <w:rsid w:val="003E130F"/>
     <w:rsid w:val="003F0B13"/>
     <w:rsid w:val="003F22BE"/>
     <w:rsid w:val="003F3DB0"/>
     <w:rsid w:val="003F6BA8"/>
     <w:rsid w:val="003F7B6A"/>
     <w:rsid w:val="00411497"/>
     <w:rsid w:val="00411BEE"/>
     <w:rsid w:val="0042146A"/>
     <w:rsid w:val="00424954"/>
     <w:rsid w:val="00435608"/>
     <w:rsid w:val="00436D0C"/>
     <w:rsid w:val="0045096D"/>
     <w:rsid w:val="0046184D"/>
     <w:rsid w:val="0046228D"/>
     <w:rsid w:val="004700AB"/>
     <w:rsid w:val="00470383"/>
     <w:rsid w:val="004720CA"/>
     <w:rsid w:val="00474604"/>
     <w:rsid w:val="004825AC"/>
     <w:rsid w:val="004849D4"/>
     <w:rsid w:val="00485DD6"/>
     <w:rsid w:val="00492F97"/>
@@ -8312,127 +8333,132 @@
     <w:rsid w:val="00744224"/>
     <w:rsid w:val="00750606"/>
     <w:rsid w:val="00754639"/>
     <w:rsid w:val="00764162"/>
     <w:rsid w:val="007703DD"/>
     <w:rsid w:val="00770BEA"/>
     <w:rsid w:val="00773E5C"/>
     <w:rsid w:val="007862A9"/>
     <w:rsid w:val="007866CB"/>
     <w:rsid w:val="00794BCA"/>
     <w:rsid w:val="007964FA"/>
     <w:rsid w:val="007978D5"/>
     <w:rsid w:val="007A28EC"/>
     <w:rsid w:val="007B00EC"/>
     <w:rsid w:val="007C231C"/>
     <w:rsid w:val="007C32A2"/>
     <w:rsid w:val="007E1A39"/>
     <w:rsid w:val="007F293D"/>
     <w:rsid w:val="007F2BED"/>
     <w:rsid w:val="007F2CD1"/>
     <w:rsid w:val="00810F4E"/>
     <w:rsid w:val="00814C16"/>
     <w:rsid w:val="0082109F"/>
     <w:rsid w:val="00835189"/>
     <w:rsid w:val="00844A35"/>
-    <w:rsid w:val="00846113"/>
     <w:rsid w:val="0084665F"/>
     <w:rsid w:val="0085539D"/>
     <w:rsid w:val="00863505"/>
     <w:rsid w:val="00867108"/>
     <w:rsid w:val="00867450"/>
     <w:rsid w:val="008721AE"/>
     <w:rsid w:val="00874656"/>
     <w:rsid w:val="00880E1C"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="00882B1C"/>
     <w:rsid w:val="00884C51"/>
     <w:rsid w:val="00884CEB"/>
     <w:rsid w:val="008916FF"/>
     <w:rsid w:val="008967E2"/>
     <w:rsid w:val="008B055E"/>
     <w:rsid w:val="008B29D0"/>
     <w:rsid w:val="008B4B07"/>
     <w:rsid w:val="008B6502"/>
     <w:rsid w:val="008B7BE9"/>
     <w:rsid w:val="008C1702"/>
     <w:rsid w:val="008C2964"/>
     <w:rsid w:val="008C4E81"/>
     <w:rsid w:val="008E4BA6"/>
     <w:rsid w:val="008F006F"/>
     <w:rsid w:val="008F1E81"/>
     <w:rsid w:val="008F520B"/>
     <w:rsid w:val="00901FE4"/>
     <w:rsid w:val="009031A9"/>
     <w:rsid w:val="00903CFC"/>
     <w:rsid w:val="00906760"/>
     <w:rsid w:val="009105B2"/>
     <w:rsid w:val="00924375"/>
     <w:rsid w:val="0092501D"/>
     <w:rsid w:val="009305C7"/>
     <w:rsid w:val="00950059"/>
     <w:rsid w:val="009561D1"/>
     <w:rsid w:val="0096178C"/>
     <w:rsid w:val="009679D3"/>
     <w:rsid w:val="00971464"/>
     <w:rsid w:val="0097204A"/>
     <w:rsid w:val="00973118"/>
     <w:rsid w:val="00974F4F"/>
     <w:rsid w:val="0098540D"/>
     <w:rsid w:val="00993C7E"/>
+    <w:rsid w:val="009A5451"/>
     <w:rsid w:val="009B05A0"/>
     <w:rsid w:val="009B4EEB"/>
     <w:rsid w:val="009B5A54"/>
     <w:rsid w:val="009B5EC8"/>
     <w:rsid w:val="009C6031"/>
     <w:rsid w:val="009D573D"/>
     <w:rsid w:val="009E0EBF"/>
     <w:rsid w:val="009E3C20"/>
     <w:rsid w:val="009F0D4E"/>
     <w:rsid w:val="009F62C0"/>
     <w:rsid w:val="00A16C78"/>
+    <w:rsid w:val="00A31197"/>
     <w:rsid w:val="00A35F0C"/>
     <w:rsid w:val="00A447DA"/>
     <w:rsid w:val="00A51305"/>
     <w:rsid w:val="00A51904"/>
     <w:rsid w:val="00A520FB"/>
     <w:rsid w:val="00A84030"/>
     <w:rsid w:val="00A851E0"/>
+    <w:rsid w:val="00A90DE3"/>
     <w:rsid w:val="00A94062"/>
     <w:rsid w:val="00AA3E90"/>
     <w:rsid w:val="00AB447F"/>
     <w:rsid w:val="00AB5055"/>
     <w:rsid w:val="00AC1B70"/>
     <w:rsid w:val="00AC4FC0"/>
     <w:rsid w:val="00AC51FD"/>
     <w:rsid w:val="00AD39C5"/>
     <w:rsid w:val="00AD53E0"/>
     <w:rsid w:val="00AE37A4"/>
     <w:rsid w:val="00AE6B3E"/>
+    <w:rsid w:val="00AF1795"/>
     <w:rsid w:val="00AF58B5"/>
     <w:rsid w:val="00B21F19"/>
     <w:rsid w:val="00B24A40"/>
     <w:rsid w:val="00B333E4"/>
+    <w:rsid w:val="00B341DE"/>
     <w:rsid w:val="00B3494F"/>
     <w:rsid w:val="00B365FC"/>
     <w:rsid w:val="00B42380"/>
     <w:rsid w:val="00B4656C"/>
     <w:rsid w:val="00B51E8C"/>
     <w:rsid w:val="00B57409"/>
     <w:rsid w:val="00B6678D"/>
     <w:rsid w:val="00B758FF"/>
     <w:rsid w:val="00B81265"/>
     <w:rsid w:val="00B859B7"/>
     <w:rsid w:val="00BA4E95"/>
     <w:rsid w:val="00BB2981"/>
     <w:rsid w:val="00BF47D6"/>
     <w:rsid w:val="00C06AD5"/>
     <w:rsid w:val="00C11367"/>
     <w:rsid w:val="00C12AD6"/>
     <w:rsid w:val="00C13C74"/>
     <w:rsid w:val="00C15807"/>
     <w:rsid w:val="00C21F96"/>
     <w:rsid w:val="00C30A9C"/>
     <w:rsid w:val="00C3706B"/>
     <w:rsid w:val="00C503B6"/>
     <w:rsid w:val="00C63FED"/>
     <w:rsid w:val="00C64D4C"/>
     <w:rsid w:val="00C67098"/>
@@ -8450,87 +8476,89 @@
     <w:rsid w:val="00CF2A8A"/>
     <w:rsid w:val="00D104DF"/>
     <w:rsid w:val="00D27F2F"/>
     <w:rsid w:val="00D36898"/>
     <w:rsid w:val="00D43B8B"/>
     <w:rsid w:val="00D44230"/>
     <w:rsid w:val="00D450B9"/>
     <w:rsid w:val="00D504E3"/>
     <w:rsid w:val="00D5282F"/>
     <w:rsid w:val="00D562D5"/>
     <w:rsid w:val="00D61C45"/>
     <w:rsid w:val="00D7776D"/>
     <w:rsid w:val="00D85C54"/>
     <w:rsid w:val="00D97267"/>
     <w:rsid w:val="00DB1B1A"/>
     <w:rsid w:val="00DB1EBF"/>
     <w:rsid w:val="00DD7890"/>
     <w:rsid w:val="00DF0209"/>
     <w:rsid w:val="00DF294F"/>
     <w:rsid w:val="00DF3EFD"/>
     <w:rsid w:val="00DF7A0F"/>
     <w:rsid w:val="00E0363C"/>
     <w:rsid w:val="00E03E8C"/>
     <w:rsid w:val="00E073BD"/>
     <w:rsid w:val="00E41738"/>
+    <w:rsid w:val="00E548A5"/>
     <w:rsid w:val="00E55EC5"/>
     <w:rsid w:val="00E603BC"/>
     <w:rsid w:val="00E7021F"/>
     <w:rsid w:val="00E74A0D"/>
     <w:rsid w:val="00E824E3"/>
     <w:rsid w:val="00E84359"/>
     <w:rsid w:val="00E9179D"/>
     <w:rsid w:val="00E92304"/>
     <w:rsid w:val="00EA479D"/>
     <w:rsid w:val="00EB0F2F"/>
     <w:rsid w:val="00EB227B"/>
     <w:rsid w:val="00EB5C4D"/>
     <w:rsid w:val="00EC11A9"/>
     <w:rsid w:val="00ED7D01"/>
     <w:rsid w:val="00EE43B9"/>
     <w:rsid w:val="00EE5593"/>
     <w:rsid w:val="00EE6BC3"/>
     <w:rsid w:val="00EE7DFE"/>
     <w:rsid w:val="00EF2DC1"/>
     <w:rsid w:val="00EF58BB"/>
     <w:rsid w:val="00EF7706"/>
     <w:rsid w:val="00EF781D"/>
     <w:rsid w:val="00F017B2"/>
     <w:rsid w:val="00F103B3"/>
     <w:rsid w:val="00F2366F"/>
     <w:rsid w:val="00F55B77"/>
     <w:rsid w:val="00F825FF"/>
     <w:rsid w:val="00F849E4"/>
     <w:rsid w:val="00F932F3"/>
     <w:rsid w:val="00FA2023"/>
     <w:rsid w:val="00FA40CE"/>
     <w:rsid w:val="00FA622B"/>
     <w:rsid w:val="00FB1528"/>
     <w:rsid w:val="00FB2304"/>
     <w:rsid w:val="00FC09CC"/>
     <w:rsid w:val="00FC2F19"/>
     <w:rsid w:val="00FC69BC"/>
+    <w:rsid w:val="00FC7D17"/>
     <w:rsid w:val="00FD5A91"/>
     <w:rsid w:val="00FD6DAF"/>
     <w:rsid w:val="00FE6DE2"/>
     <w:rsid w:val="00FF5B52"/>
     <w:rsid w:val="3AD6D73F"/>
     <w:rsid w:val="5752EFBB"/>
     <w:rsid w:val="5812216D"/>
     <w:rsid w:val="730E9541"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -11323,60 +11351,60 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE 2006"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC2AEE9D-AFB0-471E-B380-E565682217AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>982</Words>
-  <Characters>6248</Characters>
+  <Words>1000</Words>
+  <Characters>6342</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>WHO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7216</CharactersWithSpaces>
+  <CharactersWithSpaces>7328</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Michelle Kerno</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Report Title">
     <vt:lpwstr>World Health Organisation – Prequalification Team_x000d_
 Prequalification of Active Pharmaceutical Ingredients (APIs)_x000d_
 Application form_x000d_
 </vt:lpwstr>