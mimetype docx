--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -387,95 +387,113 @@
         <w:lastRenderedPageBreak/>
         <w:t>Expression of interest form for WHO’s performance evaluation of in vitro diagnostics</w:t>
       </w:r>
       <w:r w:rsidR="004463E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00780478">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">effective </w:t>
       </w:r>
       <w:r w:rsidR="004463E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">January 2026 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4018E378" w14:textId="77777777" w:rsidR="005F092C" w:rsidRDefault="005F092C" w:rsidP="005F092C">
+    <w:p w14:paraId="4018E378" w14:textId="241AD0CE" w:rsidR="005F092C" w:rsidRDefault="005F092C" w:rsidP="005F092C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk214877038"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Regulation and Prequalification department, Health Systems Division</w:t>
+        <w:t xml:space="preserve">Regulation and Prequalification </w:t>
+      </w:r>
+      <w:r w:rsidR="00C114B3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">epartment, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C114B3" w:rsidRPr="00C114B3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Health Systems, Access and Data Division</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15DB42B2" w14:textId="3D4F4657" w:rsidR="005F092C" w:rsidRDefault="005F092C" w:rsidP="005F092C">
+    <w:p w14:paraId="15DB42B2" w14:textId="3A00DFE4" w:rsidR="005F092C" w:rsidRDefault="005F092C" w:rsidP="005F092C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00035EF8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>WHO/MHP/RPQ/PQT/20</w:t>
       </w:r>
       <w:r w:rsidRPr="00911206">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>25.</w:t>
       </w:r>
-      <w:r w:rsidR="00911206" w:rsidRPr="00911206">
+      <w:r w:rsidR="001A4252">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="703FE2A4" w14:textId="4B91A4CA" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>© World Health Organization 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE6A6BC" w14:textId="77777777" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
@@ -4393,60 +4411,80 @@
         <w:pStyle w:val="DLTParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>For each field contained in this EOI Form, please type the relevant text or tick boxes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">), as required. Where information is not available or the field is not applicable, type N/A.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D18B89" w14:textId="173183CE" w:rsidR="003B1456" w:rsidRPr="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
+    <w:p w14:paraId="51D18B89" w14:textId="18CB4229" w:rsidR="003B1456" w:rsidRPr="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
       <w:pPr>
         <w:pStyle w:val="DLTParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The manufacturer is required to submit the completed EOI form electronically to diagnostics@who.int. All documents must be submitted as searchable PDF files. Please ensure that all attachments requested or required hereunder are provided together with this EOI form, at the time of its submission.   </w:t>
+        <w:t xml:space="preserve">The manufacturer is required to submit the completed EOI form </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02013">
+        <w:t xml:space="preserve">and the required attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02013" w:rsidRPr="004F37CA">
+        <w:t xml:space="preserve">electronically to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02013" w:rsidRPr="00EE73B9">
+        <w:t xml:space="preserve">the ePQS portal: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="00E02013" w:rsidRPr="00F44D07">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://extranet.who.int/prequal/epqs-portal</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">. All documents must be submitted as searchable PDF files. Please ensure that all attachments requested or required hereunder are provided together with this EOI form, at the time of its submission.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7AB6B9" w14:textId="16E5CF71" w:rsidR="00D34A47" w:rsidRPr="00C52B24" w:rsidRDefault="00D34A47" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc214527866"/>
       <w:r w:rsidRPr="00C52B24">
         <w:t>Manufacturer Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="0DC0D098" w14:textId="323CA7E1" w:rsidR="002977DD" w:rsidRPr="00C52B24" w:rsidRDefault="00172D50" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc494200444"/>
       <w:bookmarkStart w:id="12" w:name="_Toc114833140"/>
@@ -7336,81 +7374,81 @@
               <w:t>include</w:t>
             </w:r>
             <w:r w:rsidRPr="001C4461">
               <w:t xml:space="preserve"> volume)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B8F796B" w14:textId="77777777" w:rsidR="00A3274F" w:rsidRPr="00FE7C53" w:rsidRDefault="00A3274F" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="1E1D719B" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069ACB00" w14:textId="23921638" w:rsidR="00E335DC" w:rsidRPr="00E335DC" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="069ACB00" w14:textId="23921638" w:rsidR="00E335DC" w:rsidRPr="00E335DC" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1174715742"/>
                 <w:placeholder>
                   <w:docPart w:val="66D0A10D35A84C83B30C4BE32AB8B7D5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="1D41C260" w:rsidRPr="6411BD99">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6A7BFD" w14:textId="29A9EA1E" w:rsidR="00E335DC" w:rsidRPr="00FE7C53" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="7B6A7BFD" w14:textId="29A9EA1E" w:rsidR="00E335DC" w:rsidRPr="00FE7C53" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1337295647"/>
                 <w:placeholder>
                   <w:docPart w:val="873BAA3AEAE7461DB3CEF7951DF59E32"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="1D41C260" w:rsidRPr="6411BD99">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7433,118 +7471,118 @@
                   <w:pStyle w:val="DLTParagraph"/>
                   <w:rPr>
                     <w:b/>
                     <w:i/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007646F1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="1F2C438F" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9C1C0D" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="6A9C1C0D" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="519903227"/>
                 <w:placeholder>
                   <w:docPart w:val="EFAA27EDDFAF44099A873419A85F31B2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C94987" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="01ED0946" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="01ED0946" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-250821670"/>
                 <w:placeholder>
                   <w:docPart w:val="F647684DA94F447BA416F259235492DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C94987" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D898124" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="7D898124" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="599758610"/>
                 <w:placeholder>
                   <w:docPart w:val="705D3B9A55D847658C5B7A6A2E4964C7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C94987" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
@@ -7625,112 +7663,112 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40F25">
               <w:t xml:space="preserve">Reagent box size (number of tests per </w:t>
             </w:r>
             <w:r w:rsidR="00CE4820">
               <w:t>box</w:t>
             </w:r>
             <w:r w:rsidRPr="00D40F25">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="45E5C163" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD329BB" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="3CD329BB" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="754707989"/>
                 <w:placeholder>
                   <w:docPart w:val="BDA527C3E4DB4742A1E50B494AAF7F25"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF4AF7F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="0BF4AF7F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2004926844"/>
                 <w:placeholder>
                   <w:docPart w:val="6F7DB27426274BA19A346FB2FC88EF1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="44FD5655" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="44FD5655" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="224651099"/>
                 <w:placeholder>
                   <w:docPart w:val="EF89B68EC17C40AD9A0AC1445332E044"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -7866,112 +7904,112 @@
           <w:p w14:paraId="72446AB5" w14:textId="2E0C8C82" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00D91550" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40F25">
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="00B75BDB">
               <w:t xml:space="preserve"> relevant information </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="2172054B" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2A8A47" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="3A2A8A47" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-707099601"/>
                 <w:placeholder>
                   <w:docPart w:val="996106AD97924DC3B3E1068654428779"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D07882F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="0D07882F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-496728804"/>
                 <w:placeholder>
                   <w:docPart w:val="54984B4E7E744552BCC90DB5B3DE5165"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="75002400" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00780478" w:rsidP="00B55199">
+          <w:p w14:paraId="75002400" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="939489570"/>
                 <w:placeholder>
                   <w:docPart w:val="EECFFE2A3F664D9DBE4C4E495161C5AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -8015,51 +8053,51 @@
       <w:bookmarkEnd w:id="58"/>
       <w:tr w:rsidR="00E95214" w:rsidRPr="008A22D2" w14:paraId="76597B03" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="052FDE8A" w14:textId="5D8D33FF" w:rsidR="00E95214" w:rsidRPr="00E95214" w:rsidRDefault="00E95214" w:rsidP="00E95214">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00E95214">
               <w:tab/>
               <w:t>Indicate the date of product’s final design lock down</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="187908F6" w14:textId="29E4210D" w:rsidR="00E95214" w:rsidRPr="00D40F25" w:rsidRDefault="00780478" w:rsidP="00E95214">
+          <w:p w14:paraId="187908F6" w14:textId="29E4210D" w:rsidR="00E95214" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00E95214">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-652222500"/>
                 <w:placeholder>
                   <w:docPart w:val="B3643D16F4054930B3626238CAA65ECF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95214" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -8161,51 +8199,51 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="_Toc114833163"/>
             <w:r w:rsidR="002977DD" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve">Instructions-for-use </w:t>
             </w:r>
             <w:r w:rsidR="00656D23">
               <w:t xml:space="preserve">(IFU) </w:t>
             </w:r>
             <w:r w:rsidR="002977DD" w:rsidRPr="00050B6F">
               <w:t>version number</w:t>
             </w:r>
             <w:r w:rsidR="00E26817">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00656D23">
               <w:t>(if different IFUs are provided with different kit sizes, please include each, and identify which product code applies to which IFU)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="792360BF" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="792360BF" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="510346902"/>
                 <w:placeholder>
                   <w:docPart w:val="A10CFC6D9A4247469794AA105486D33B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004D76CF" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8240,51 +8278,51 @@
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t>anual</w:t>
             </w:r>
             <w:r w:rsidR="00DC12C0" w:rsidRPr="00050B6F">
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00047F80" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve">version number </w:t>
             </w:r>
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t>for dedicated instrumentation</w:t>
             </w:r>
             <w:bookmarkEnd w:id="69"/>
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79DC8362" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="79DC8362" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="2124335688"/>
                 <w:placeholder>
                   <w:docPart w:val="4B1BD3B365A847D88AA341E96B09C97B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004D76CF" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8501,167 +8539,167 @@
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
           </w:tcPr>
           <w:p w14:paraId="0A0CC0D5" w14:textId="5BA97C4D" w:rsidR="00FD711A" w:rsidRDefault="00FD711A" w:rsidP="00B74C49">
             <w:r w:rsidRPr="0011285C">
               <w:t xml:space="preserve">Shelf-life upon manufacture </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="264E5B8F" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="0011285C" w:rsidRDefault="00FD711A" w:rsidP="00B74C49">
             <w:r w:rsidRPr="0011285C">
               <w:t xml:space="preserve">(months) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B65381" w:rsidRPr="00C9192A" w14:paraId="1906C78B" w14:textId="77777777" w:rsidTr="003C689F">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB4D842" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="1BB4D842" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1291118086"/>
                 <w:placeholder>
                   <w:docPart w:val="4E31CF0C0B194902A0BD6855D061A57A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03D919DF" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="03D919DF" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="755092832"/>
                 <w:placeholder>
                   <w:docPart w:val="10E66CF49889459BA9589100D138D9BC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC234D6" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="3AC234D6" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-321819932"/>
                 <w:placeholder>
                   <w:docPart w:val="E6F734ECEAB84BCD94E8251378A21975"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4771D1C1" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="4771D1C1" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-999028949"/>
                 <w:placeholder>
                   <w:docPart w:val="20AC4B6FB01545D38BFDF3A74B920A20"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7488B50C" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7488B50C" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1843383487"/>
                 <w:placeholder>
                   <w:docPart w:val="ED260AA70E8F46A2942E112A0B861634"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8790,51 +8828,51 @@
             </w:r>
             <w:bookmarkStart w:id="109" w:name="_Toc114833167"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Describe any </w:t>
             </w:r>
             <w:r w:rsidR="007D67BF">
               <w:t>additional</w:t>
             </w:r>
             <w:r w:rsidR="007D67BF" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>storage conditions applicable to th</w:t>
             </w:r>
             <w:r w:rsidR="007D67BF">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> product</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
             <w:bookmarkEnd w:id="109"/>
           </w:p>
-          <w:p w14:paraId="6048B769" w14:textId="77777777" w:rsidR="004C406D" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="6048B769" w14:textId="77777777" w:rsidR="004C406D" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-2062553089"/>
                 <w:placeholder>
                   <w:docPart w:val="0AEA06D7B99643048A21B68370FAC245"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004C406D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8915,645 +8953,645 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="118" w:name="_Toc114833170"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Select the specimen type(s) to be used with t</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>e product</w:t>
             </w:r>
             <w:bookmarkStart w:id="119" w:name="_Toc494200451"/>
             <w:bookmarkEnd w:id="118"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="664CFC77" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D763F19" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="2D763F19" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1094593030"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Serum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5F7D0C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="2C5F7D0C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-724379237"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Plasma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="3C110CE8" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="327E4988" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="327E4988" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1533807670"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Venous whole blood</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D7BA41" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="31D7BA41" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1434863926"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Capillary whole blood</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="1CEE4D9D" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7528EA15" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7528EA15" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1178572161"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Dried blood spot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA9249C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="3DA9249C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-397591269"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>oncentrated sputum sediments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="469059CD" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D244ACF" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7D244ACF" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1853145490"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>aw sputum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7456F20A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7456F20A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1430857958"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>erebrospinal fluid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="798BDB46" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD1E42B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="2AD1E42B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1443994078"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>ronchial alveolar lavage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="512AFF2A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="512AFF2A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="909974955"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>ymph node aspirate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="4F2C9FBD" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="056817A6" w14:textId="4620D000" w:rsidR="00671E8B" w:rsidRPr="007D6B57" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="056817A6" w14:textId="4620D000" w:rsidR="00671E8B" w:rsidRPr="007D6B57" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1938099394"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="007D6B57">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="007D6B57">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007D6B57" w:rsidRPr="007D6B57">
               <w:t>Oral fluid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="056001AB" w14:textId="50D0C9F7" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="056001AB" w14:textId="50D0C9F7" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="364417770"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="000629C3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="000629C3">
               <w:tab/>
               <w:t>Urine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B07FD2" w:rsidRPr="00C9192A" w14:paraId="02654663" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5991A98F" w14:textId="748CEE87" w:rsidR="00B07FD2" w:rsidRDefault="00780478" w:rsidP="00B07FD2">
+          <w:p w14:paraId="5991A98F" w14:textId="748CEE87" w:rsidR="00B07FD2" w:rsidRDefault="006617FA" w:rsidP="00B07FD2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="751937226"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07FD2" w:rsidRPr="007D6B57">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B07FD2" w:rsidRPr="007D6B57">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B07FD2">
               <w:t>Sputum swab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4422B422" w14:textId="05527643" w:rsidR="00B07FD2" w:rsidRDefault="00780478" w:rsidP="00B07FD2">
+          <w:p w14:paraId="4422B422" w14:textId="05527643" w:rsidR="00B07FD2" w:rsidRDefault="006617FA" w:rsidP="00B07FD2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-310946994"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07FD2" w:rsidRPr="000629C3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B07FD2" w:rsidRPr="000629C3">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B07FD2">
               <w:t>Tongue swab</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B07FD2" w:rsidRPr="00C9192A" w14:paraId="200CB8F8" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5190189A" w14:textId="6FFEC68B" w:rsidR="00B07FD2" w:rsidRPr="00AA1312" w:rsidRDefault="00780478" w:rsidP="00B07FD2">
+          <w:p w14:paraId="5190189A" w14:textId="6FFEC68B" w:rsidR="00B07FD2" w:rsidRPr="00AA1312" w:rsidRDefault="006617FA" w:rsidP="00B07FD2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="2128247099"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 </w:rPr>
@@ -9660,135 +9698,135 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="127" w:name="_Toc114833172"/>
             <w:r w:rsidRPr="00225397">
               <w:t xml:space="preserve">Select HIV </w:t>
             </w:r>
             <w:r>
               <w:t>sub-</w:t>
             </w:r>
             <w:r w:rsidRPr="00225397">
               <w:t>type</w:t>
             </w:r>
             <w:bookmarkEnd w:id="127"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="399CA5E5" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55D1A775" w14:textId="04B474CB" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="55D1A775" w14:textId="04B474CB" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1476638541"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>HIV-1</w:t>
             </w:r>
             <w:r w:rsidR="00AD6A85">
               <w:t xml:space="preserve"> only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4758" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671206D2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="671206D2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-745811103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>HIV-1/2 combined detection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="5FC66A70" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4995027B" w14:textId="43CB960A" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="4995027B" w14:textId="43CB960A" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-63567971"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -9856,231 +9894,231 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
           </w:tcPr>
           <w:p w14:paraId="59EE329D" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00E26817" w:rsidRDefault="00671E8B" w:rsidP="00B74C49">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00E26817">
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="128" w:name="_Toc114833173"/>
             <w:r w:rsidRPr="00E26817">
               <w:t>Select HIV analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="128"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="36F09B49" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2235A951" w14:textId="11743156" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="2235A951" w14:textId="11743156" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="718243983"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Antibody</w:t>
             </w:r>
             <w:r w:rsidR="00A35EC1">
               <w:t xml:space="preserve"> only</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4758" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAD505A" w14:textId="53A71A63" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7FAD505A" w14:textId="53A71A63" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-617989525"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Antigen</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00A35EC1">
               <w:t>only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="28083CEA" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47820C79" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="47820C79" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1890487896"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Ab/Ag combined detection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4758" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63254656" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="63254656" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-307173090"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Ab/Ag discriminatory detection</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="0F400B46" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F15B785" w14:textId="38954CD3" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="5F15B785" w14:textId="38954CD3" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1717776595"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -10168,95 +10206,95 @@
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="137" w:name="_Toc114833175"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Select malaria species</w:t>
             </w:r>
             <w:bookmarkEnd w:id="137"/>
             <w:r w:rsidR="003679E7">
               <w:t xml:space="preserve"> (tick all that apply)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="5B6EE791" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1216A4EA" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="1216A4EA" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-852112240"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="2DFE6F20" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="2DFE6F20" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. falciparum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09C165E6" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="09C165E6" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-384717294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -10266,182 +10304,182 @@
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. vivax</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="71BE06FB" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B69CA9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="48B69CA9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1907757388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. ovale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20A4EA52" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="20A4EA52" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1918397713"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. malariae</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="67137CAF" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="221EB80E" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="221EB80E" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1212813817"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">P. knowlesi </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F87C815" w14:textId="313A885B" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="0F87C815" w14:textId="313A885B" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1549186868"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -10483,89 +10521,89 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="138" w:name="_Toc114833176"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r w:rsidRPr="009D3F96">
               <w:t>malaria</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="138"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D3F96" w:rsidRPr="00C9192A" w14:paraId="3919976B" w14:textId="77777777" w:rsidTr="00D72E0E">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01165D51" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="01165D51" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1968493220"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009D3F96" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>HRP2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739AD6D4" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="739AD6D4" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="125822720"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -10597,81 +10635,81 @@
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="52B3CBE1" w14:textId="77777777" w:rsidTr="00D72E0E">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25D2B638" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="25D2B638" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1886946658"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00390132">
               <w:tab/>
               <w:t>Aldolase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA54DB9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="1FA54DB9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1728954379"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00390132">
               <w:tab/>
               <w:t>Multiple/other:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23A381B5" w14:textId="7DF155E7" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="009D3F96" w:rsidP="00B74C49">
@@ -10729,98 +10767,98 @@
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="139" w:name="_Toc114833177"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r>
               <w:t>type of detection</w:t>
             </w:r>
             <w:bookmarkEnd w:id="139"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D3F96" w:rsidRPr="00C9192A" w14:paraId="3A1F2701" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AFE5F93" w14:textId="20A019B6" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="1AFE5F93" w14:textId="20A019B6" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1511338636"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009D3F96" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009D3F96">
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="009D3F96" w:rsidRPr="009D3DFD">
               <w:t xml:space="preserve">ne </w:t>
             </w:r>
             <w:r w:rsidR="00806F3F">
               <w:t xml:space="preserve">test </w:t>
             </w:r>
             <w:r w:rsidR="009D3F96" w:rsidRPr="009D3DFD">
               <w:t xml:space="preserve">line </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A1E01B" w14:textId="5A281C12" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="01A1E01B" w14:textId="5A281C12" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1024361372"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -10905,194 +10943,194 @@
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="148" w:name="_Toc114833179"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Select hepatitis C (HCV) analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="148"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="0AAF6DBE" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11BF2894" w14:textId="35C1EF71" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="11BF2894" w14:textId="35C1EF71" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="93600616"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Antibody</w:t>
             </w:r>
             <w:r w:rsidR="00514E6F">
               <w:t xml:space="preserve"> only</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8461F9" w14:textId="60197B36" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="6D8461F9" w14:textId="60197B36" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1105348104"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Antigen</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00514E6F">
               <w:t>only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="51DAFB6A" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0711D53D" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="0711D53D" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1944991530"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> combination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522E3603" w14:textId="3110A980" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="522E3603" w14:textId="3110A980" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="652030122"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidDel="003E2234">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00050B6F" w:rsidDel="003E2234">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidDel="003E2234">
               <w:t xml:space="preserve">Nucleic acid </w:t>
             </w:r>
@@ -11122,51 +11160,51 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="149" w:name="_Toc114833180"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select hepatitis </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">B </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>(HBV) analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="149"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="3D33BAC2" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16BCAEDC" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="16BCAEDC" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-434451370"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -11250,98 +11288,98 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="157" w:name="_Toc114833187"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">syphilis </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>analyte</w:t>
             </w:r>
             <w:bookmarkStart w:id="158" w:name="_Hlk112666981"/>
             <w:bookmarkEnd w:id="157"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="731D98DD" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6309C18B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="6309C18B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="587506073"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t xml:space="preserve">Antibodies to </w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="007C2925">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>T. pallidum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0852E87C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="007C2925" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="0852E87C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="007C2925" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-900215516"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -11436,184 +11474,184 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="166" w:name="_Toc114833189"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">TB </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="166"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="0C9EC63A" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6833CA2C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="6833CA2C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-282733138"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>DNA of MTB or MTBC species</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25DFE73B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00671E8B" w:rsidP="00B74C49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B695D5" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="19B695D5" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="222191638"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>DNA of MTBC species and detection of MTBC genomic changes associated with resistance to one or more anti-TB drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00470DBE" w:rsidRPr="00C9192A" w14:paraId="1901B41E" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42275B3D" w14:textId="77777777" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00470DBE">
+          <w:p w14:paraId="42275B3D" w14:textId="77777777" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00470DBE">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1335843644"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00470DBE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00470DBE" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00470DBE" w:rsidRPr="00EE70C5">
               <w:t>MTBC genomic changes associated with resistance to one or more anti-TB drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE40787" w14:textId="285021EF" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00470DBE">
+          <w:p w14:paraId="7AE40787" w14:textId="285021EF" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00470DBE">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1775522328"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00470DBE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -11705,97 +11743,97 @@
             </w:r>
             <w:bookmarkEnd w:id="176"/>
             <w:r w:rsidR="54E55FFB">
               <w:t>format for</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> serology</w:t>
             </w:r>
             <w:r w:rsidR="00F6127F">
               <w:t>, antigen</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and nucleic acid testing technologies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="04101E37" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AEDD26A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7AEDD26A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1724287754"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Immunochromatographic (lateral flow</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10AE26B8" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="10AE26B8" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-400758568"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -11805,276 +11843,276 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Immunofiltration (flow through)</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="454D0C0B" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7963CE63" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7963CE63" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1485432302"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Agglutination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04F1A4D4" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="04F1A4D4" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1123651083"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t xml:space="preserve">EIA (Enzyme immunoassay) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="028108D9" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D3D039" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="37D3D039" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1686351931"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Recombinant immunoblot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E7E675" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="53E7E675" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="681242721"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Western blot</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="0D7936A1" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3D275A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="2B3D275A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1414821181"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Antigen neutralization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="641B7C37" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="641B7C37" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1802262717"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -12082,51 +12120,51 @@
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Immunofluorescence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="709734C2" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E31807F" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7E31807F" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-2030405717"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -12167,163 +12205,163 @@
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="50D41483" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="73CFEFEF" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00671E8B" w:rsidP="00B74C49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B348E9A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="0B348E9A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1894651749"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>Nucleic acid test (qualitative)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A4F5746" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7A4F5746" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1760565493"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>Nucleic acid test (quantitative)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="4DB10BC3" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7323B7A2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="7323B7A2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="397861131"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>Reverse hybridization/line probe assay</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C48BE15" w14:textId="1E611347" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="3C48BE15" w14:textId="1E611347" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1081865512"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC0906">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -12877,51 +12915,51 @@
               <w:t>How long does it take t</w:t>
             </w:r>
             <w:r w:rsidR="00F24463" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">o obtain a test result </w:t>
             </w:r>
             <w:r w:rsidR="00126419">
               <w:t xml:space="preserve">(time required from specimen collection to </w:t>
             </w:r>
             <w:r w:rsidR="00FE7C53">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00126419">
               <w:t>final result being read</w:t>
             </w:r>
             <w:r w:rsidR="002977DD" w:rsidRPr="00C9192A">
               <w:t>)?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="198"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3239" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A14166E" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="001A2352">
+          <w:p w14:paraId="2A14166E" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1185898660"/>
                 <w:placeholder>
                   <w:docPart w:val="027B7370DA7940A8BB4CC9583320C27D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002619E5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -12944,89 +12982,89 @@
           </w:tcPr>
           <w:p w14:paraId="16AB7A33" w14:textId="0A7EB76B" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="00C9192A" w:rsidP="00C75CE3">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="199" w:name="_Toc114833205"/>
             <w:r w:rsidR="009B6D5E" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">State the minimum and </w:t>
             </w:r>
             <w:r w:rsidR="008A22D2" w:rsidRPr="00C9192A">
               <w:t>maximum</w:t>
             </w:r>
             <w:r w:rsidR="009B6D5E" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> number of specimens (excluding controls) that can be tested in a single run</w:t>
             </w:r>
             <w:bookmarkEnd w:id="199"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7BBD7C" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="001A2352">
+          <w:p w14:paraId="4B7BBD7C" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-461493098"/>
                 <w:placeholder>
                   <w:docPart w:val="13E3A27358074DC39A9E31A94C9FBCDC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002619E5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C4132">
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="008A22D2" w:rsidRPr="00C9192A">
               <w:t>inimum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65211869" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="001A2352">
+          <w:p w14:paraId="65211869" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="383609251"/>
                 <w:placeholder>
                   <w:docPart w:val="1955528FB4B5480E80CFA876A7FDFFC8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002619E5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -13089,51 +13127,51 @@
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6385561E" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00055346" w:rsidP="00C75CE3">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Indicate the approximate c</w:t>
             </w:r>
             <w:r w:rsidR="009E7FE1" w:rsidRPr="00C9192A">
               <w:t>ost per Test (reagent)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D45ADBE" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="001A2352">
+          <w:p w14:paraId="0D45ADBE" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="592207277"/>
                 <w:placeholder>
                   <w:docPart w:val="4D782E1612534113BCD4667C752AF143"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -13155,51 +13193,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08356CB5" w14:textId="47DA265A" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00055346" w:rsidP="00C75CE3">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Indicate the approximate i</w:t>
             </w:r>
             <w:r w:rsidR="009E7FE1" w:rsidRPr="00C9192A">
               <w:t>nstrument(s)</w:t>
             </w:r>
             <w:r w:rsidR="00570FBA">
               <w:t xml:space="preserve"> cost, if applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0498038B" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="001A2352">
+          <w:p w14:paraId="0498038B" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="895008683"/>
                 <w:placeholder>
                   <w:docPart w:val="83839C1C3E4D4EDF993EB334EBB0582B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
@@ -13860,51 +13898,51 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3999" w:rsidRPr="00C9192A" w14:paraId="4538ABD7" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="pct"/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F56EDDA" w14:textId="77777777" w:rsidR="00EF3999" w:rsidRPr="00C9192A" w:rsidRDefault="00EF3999" w:rsidP="00C75CE3">
             <w:r w:rsidRPr="00C9192A">
               <w:t>Other relevant performance characteristics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="14EF8E74" w14:textId="77777777" w:rsidR="00EF3999" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="14EF8E74" w14:textId="77777777" w:rsidR="00EF3999" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1026217006"/>
                 <w:placeholder>
                   <w:docPart w:val="618FF31A5F65471BBDDEDB44973D3E58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EF3999" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
@@ -14382,51 +14420,51 @@
                 <w:iCs/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="091A37A8" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73FF710F" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r w:rsidRPr="00C9192A">
               <w:t>Precision (CV%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A152ADD" w14:textId="415ACCBF" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00570FBA">
+          <w:p w14:paraId="2A152ADD" w14:textId="415ACCBF" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="2008485665"/>
                 <w:placeholder>
                   <w:docPart w:val="2902A879E1EB4F76BF587C7BC8FAC85D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00570FBA" w:rsidRPr="002619E5">
               <w:rPr>
                 <w:b/>
@@ -14446,51 +14484,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="1564DFA6" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DD5D390" w14:textId="71013B6E" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r w:rsidRPr="00C9192A">
               <w:t>Bias (%)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> for quantitative assays </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA30788" w14:textId="3AC295E7" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00570FBA">
+          <w:p w14:paraId="7CA30788" w14:textId="3AC295E7" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1722351528"/>
                 <w:placeholder>
                   <w:docPart w:val="D624D347EBA74D28ACE41C1D1CBD6F52"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00570FBA" w:rsidRPr="002619E5">
               <w:rPr>
                 <w:b/>
@@ -14513,101 +14551,101 @@
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="405353A0" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59E4A4DE" w14:textId="51DEB9EB" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r>
               <w:t>Analytical sensitivity (</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Limit of detection (LOD)</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="108E5B5A" w14:textId="686B4991" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00570FBA">
+          <w:p w14:paraId="108E5B5A" w14:textId="686B4991" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-284276401"/>
                 <w:placeholder>
                   <w:docPart w:val="6A8AEE2F35504EFFB38B0F900CB793CD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="46CD5ED1" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57BC0959" w14:textId="4EFEE22B" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r>
               <w:t>Linear</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> range</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> for quantitative assays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63BF8E92" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00570FBA">
+          <w:p w14:paraId="63BF8E92" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="324249291"/>
                 <w:placeholder>
                   <w:docPart w:val="71E39DDA9E77421BA571D10CED2A6337"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -14624,51 +14662,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="7EFA5805" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FBB415B" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r w:rsidRPr="004A7510">
               <w:t>Inv</w:t>
             </w:r>
             <w:r>
               <w:t>alid rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A44DDB6" w14:textId="0A9EBA5C" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00780478" w:rsidP="00570FBA">
+          <w:p w14:paraId="3A44DDB6" w14:textId="0A9EBA5C" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1402635944"/>
                 <w:placeholder>
                   <w:docPart w:val="7D05ED7D9FC24ED79757004DC80641DE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00570FBA" w:rsidRPr="002619E5">
               <w:rPr>
                 <w:b/>
@@ -14902,102 +14940,102 @@
           <w:trHeight w:val="787"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="706E0872" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Australia (TGA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4846E68A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="4846E68A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="775" w:hanging="775"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="915436420"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00632E3B">
               <w:t>Australian Register of Therapeutic Goods (ARTG) Number (aka Medical Device Inclusion Number)</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63070FFA" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="63070FFA" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-249583073"/>
                 <w:placeholder>
                   <w:docPart w:val="9763C5E65D074F3BA94FA7660B063885"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15005,97 +15043,97 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="47574002" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1D638B21" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDD213F" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="0EDD213F" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="775" w:hanging="775"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-809244891"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00D87AC0">
               <w:t>TGA Full Quality Assurance Certificate and Design Examination Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54512076" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="54512076" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-550310039"/>
                 <w:placeholder>
                   <w:docPart w:val="EDF8226C994843C3956F1D01FA608C05"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15103,97 +15141,97 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="66630139" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="793F7134" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E6C7FD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="11E6C7FD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="775" w:hanging="775"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-201317715"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="004F5E4E">
               <w:t>TGA Production Quality Assurance Certificate and Type-Examination Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D92DE32" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="5D92DE32" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1540201761"/>
                 <w:placeholder>
                   <w:docPart w:val="BB46601B4C0F4216A75F2D8AC3083D69"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15201,51 +15239,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="00FC4163" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7F32D878" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA781F5" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="5CA781F5" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1283838268"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
@@ -15255,51 +15293,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>License for manufacturer</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21317257" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="21317257" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1474790834"/>
                 <w:placeholder>
                   <w:docPart w:val="9A124B2AEB5F4C14807961EDDE3B81E8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15307,51 +15345,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="5F48C092" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="686514E8" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DFECFD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="08DFECFD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1489822462"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
@@ -15389,51 +15427,51 @@
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1889562684"/>
                 <w:placeholder>
                   <w:docPart w:val="86A2DB17C9164AA9886F63853B4E461F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="119369A6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="119369A6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1119988502"/>
                 <w:placeholder>
                   <w:docPart w:val="BF26A5CFF9A94A45AB1106F04849940C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15447,100 +15485,100 @@
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="051094E2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Canada (Health Canada)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="682C4E88" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="682C4E88" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="774" w:hanging="774"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-633326514"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Medical device license and summary report for a Class III IVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CDAC99" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="06CDAC99" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-317569115"/>
                 <w:placeholder>
                   <w:docPart w:val="C763566F485A4BD0874419D499388FD9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15548,100 +15586,100 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="11F5152F" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="44DD146E" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7065A3D6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="7065A3D6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="774" w:hanging="774"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-898432323"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Medical device license and summary report for a Class IV IVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="064B4DD2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="064B4DD2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1629739732"/>
                 <w:placeholder>
                   <w:docPart w:val="114A41B9C1844887A3AE0448E6BB75AB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15661,51 +15699,51 @@
           <w:p w14:paraId="023A5FC7" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>European Economic Community (CE-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>mark) IVDR 2017/746</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14791582" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00B60A49" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="14791582" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00B60A49" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1748612641"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -15725,51 +15763,51 @@
             <w:r w:rsidR="009227EE" w:rsidRPr="00B60A49">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00B60A49">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> issued under Annex IX of Regulation 2017/746</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="043AE942" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="043AE942" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1676229055"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -15781,135 +15819,135 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00B60A49">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ertificates issued under Annex X and XI of Regulation 2017/746</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="631348F7" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="631348F7" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1522469302"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75E30A36" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00713DC2" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="75E30A36" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00713DC2" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-354808457"/>
                 <w:placeholder>
                   <w:docPart w:val="ACE4A6939A7542B0B7BDB0F6516DF1C2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220BBBB2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="220BBBB2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1204373218"/>
                 <w:placeholder>
                   <w:docPart w:val="A1E67AE7DB1D4E77AA67E0932178DE3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15967,99 +16005,99 @@
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>(CE-mark)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C9F895F" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Directive 98/79/EC                                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F65BD15" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="2F65BD15" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1729290654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0064182D" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Self-declared CE-mark, Annex III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D13919D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="6D13919D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-637333777"/>
                 <w:placeholder>
                   <w:docPart w:val="9E76D779DFF3413D87BFB8137C6B82FC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16067,99 +16105,99 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="034DA5D7" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="25484284" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602C97F8" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="602C97F8" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="695671707"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0064182D" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00F87B54">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Manufacturer’s Declaration of Conformity (DoC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CEF304" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="29CEF304" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1600515445"/>
                 <w:placeholder>
                   <w:docPart w:val="8FA79B9030EB40C09090D68BC0125FB1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16167,51 +16205,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="018A5F7E" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="54DFE439" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C43449D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="2C43449D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="769" w:hanging="769"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="2014177354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
@@ -16237,51 +16275,51 @@
             <w:r w:rsidR="0064182D">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(IVDD)</w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409" w:rsidDel="008F3455">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BAC06B7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="2BAC06B7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1535157759"/>
                 <w:placeholder>
                   <w:docPart w:val="99036595079D4A6EA71073FA3354AEA9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D11F69">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16289,51 +16327,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="59DC4335" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="347E236A" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66216DA7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="66216DA7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="769" w:hanging="769"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="275606955"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -16351,51 +16389,51 @@
             <w:r w:rsidR="0064182D" w:rsidRPr="008F3455">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">EC Production Quality Assurance Certificate, issued under Annex VII and EC Type-Examination Certificate, issued under Annex V of Directive 98/79/EC </w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(IVDD)</w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409" w:rsidDel="008F3455">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B788456" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="2B788456" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1727521946"/>
                 <w:placeholder>
                   <w:docPart w:val="F3A01B13266A4282BD6FF928D9B62A38"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16410,51 +16448,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="5AE0BAAD" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="720B3B7E" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33F6388D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="33F6388D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="769" w:hanging="769"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1664357190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00193C54">
@@ -16466,179 +16504,179 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0064182D" w:rsidRPr="00193C54">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00193C54">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>EC Product Examination Certificate issued under Annex VI and EC Type-Examination Certificate issued under Annex V of Directive 98/79/EC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E442BB" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="07E442BB" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1757285076"/>
                 <w:placeholder>
                   <w:docPart w:val="B14AF00D699A42918F3D6089CCF81DAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D11F69">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="368D60F5" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7A666845" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="7A666845" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-1810622113"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
                   <w:rPr>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>J</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>apan (JMHLW)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BB0EB6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="45BB0EB6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1846705827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00D11F69">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00D11F69">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Recognized foreign manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34302878" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="34302878" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="480204420"/>
                 <w:placeholder>
                   <w:docPart w:val="3FEDEF5B2CF1472FAC73CAC2ECB0AF8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D11F69">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16646,99 +16684,99 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="0F3CC9AA" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="68CD56EA" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288C4CE4" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D11F69" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="288C4CE4" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D11F69" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1425602497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Minister’s approval</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="296E804D" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="296E804D" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="187114573"/>
                 <w:placeholder>
                   <w:docPart w:val="6012A1EFD20847AF963A174BE6A90C0C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16746,51 +16784,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="696D5FCE" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2A11415F" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73059F58" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="73059F58" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-585996923"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
@@ -16828,51 +16866,51 @@
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="41411154"/>
                 <w:placeholder>
                   <w:docPart w:val="D3E76BCCEEB94658AF2D7D6ABDAEE8F5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39BED7E6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="39BED7E6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-912858027"/>
                 <w:placeholder>
                   <w:docPart w:val="D357D6B692154F01B90A3B7FFC83A025"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16886,100 +16924,100 @@
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="24014618" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Singapore (HSA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEABB8B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="5FEABB8B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="208765877"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00ED3737">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Listing on the Singapore Medical Device Register (SMDR) as Class C IVD </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B299F82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="4B299F82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="458844213"/>
                 <w:placeholder>
                   <w:docPart w:val="E16AE41997404436BFCFF50E18508E7C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16987,51 +17025,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="7C7759E8" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="21CD923B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="666F9428" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="666F9428" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="431714375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17050,51 +17088,51 @@
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00ED3737">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t>Listing on the Singapore Medical Device Register (SMDR) as</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00ED3737">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t>Class D IVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6193C19C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="6193C19C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1355413384"/>
                 <w:placeholder>
                   <w:docPart w:val="F98C59AEA0A24DEA88DD550C08631436"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17114,51 +17152,51 @@
           <w:p w14:paraId="09C10A20" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Medicines and Healthcare products Regulatory Agency, United Kingdom</w:t>
             </w:r>
             <w:r w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAE3661" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="4DAE3661" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1793314703"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17176,51 +17214,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Certificates issued under Annex IV (Full Quality Assurance, Product Design Dossier Examination), V (EC Type Examination), VII (Production Quality Assurance) of the Medical Devices Regulations 2002</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F690F64" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="2F690F64" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-812869482"/>
                 <w:placeholder>
                   <w:docPart w:val="F69B0FFF65344A88BEF0BC14C502C010"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17240,102 +17278,102 @@
           </w:tcPr>
           <w:p w14:paraId="0D872AB2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>United States of America (FDA)</w:t>
             </w:r>
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="157DB7B9" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="157DB7B9" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="594669974"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Premarket Approval (PMA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12FDEB82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="12FDEB82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="2097200945"/>
                 <w:placeholder>
                   <w:docPart w:val="FBA98C6FA3D847BDB1A5C506146F9237"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17343,51 +17381,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="3CE42A1E" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="71D3C0B3" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6394745B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="6394745B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="122278898"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17405,51 +17443,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="002741BB">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Biologics License Application (BLA license)</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="002741BB">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5140C576" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="5140C576" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1764909869"/>
                 <w:placeholder>
                   <w:docPart w:val="05B154B6F0B944AF8A76DFCD2BA8A0BE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17457,102 +17495,102 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="519D5C47" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="18308A1B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="192EF30C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="192EF30C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="826018722"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>510(k) clearance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="392EC08B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="392EC08B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1844772653"/>
                 <w:placeholder>
                   <w:docPart w:val="C9B1EE612EC64B39868EC0A6E8218A94"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17560,51 +17598,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="61953CFB" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1CE9EA16" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54C5FCBF" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="54C5FCBF" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-551996996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17645,51 +17683,51 @@
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1085350316"/>
                 <w:placeholder>
                   <w:docPart w:val="36EF36E337C44806BCC95F0F977833FA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7E126A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="4A7E126A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="579489288"/>
                 <w:placeholder>
                   <w:docPart w:val="3AF3F39F7D96444C9CB8616464586844"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17703,51 +17741,51 @@
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3551462C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rest of world version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09FDC96C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="000D15C5" w:rsidRDefault="00780478" w:rsidP="00744E2D">
+          <w:p w14:paraId="09FDC96C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="000D15C5" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-330988736"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -17867,100 +17905,100 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="258" w:name="_Toc114833220"/>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">Do you sell or supply </w:t>
             </w:r>
             <w:r w:rsidR="007C713F">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t>product or any of the components for re-branding</w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="004E3EC2">
               <w:t>?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="258"/>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6701E9F9" w14:textId="2A551CF8" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="6701E9F9" w14:textId="2A551CF8" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-2036881816"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E718F" w:rsidRPr="00121D49" w14:paraId="003347BD" w14:textId="77777777" w:rsidTr="436310B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7527" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="11B5E9E5" w14:textId="77777777" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="001E718F" w:rsidP="00C75CE3">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADA9FDB" w14:textId="047B5963" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="0ADA9FDB" w14:textId="047B5963" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="1367490481"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -17991,96 +18029,96 @@
             <w:r w:rsidR="007C713F">
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="007C713F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">product or any of the major components </w:t>
             </w:r>
             <w:r w:rsidR="00130E26">
               <w:t xml:space="preserve">thereof </w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t>sourced from another manufacturer?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="259"/>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE41962" w14:textId="472393EF" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="0CE41962" w14:textId="472393EF" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-2042809292"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E718F" w:rsidRPr="00121D49" w14:paraId="00F28771" w14:textId="77777777" w:rsidTr="436310B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7527" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="317246BD" w14:textId="77777777" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="001E718F" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0810A0B9" w14:textId="37B4509C" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="0810A0B9" w14:textId="37B4509C" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-932354406"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -18206,87 +18244,87 @@
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="268" w:name="_Toc114833223"/>
             <w:r w:rsidR="00997BA4" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">Has WHO previously assessed </w:t>
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="00501444" w:rsidRPr="00121D49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00997BA4" w:rsidRPr="00121D49">
               <w:t>product?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="268"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="591F906B" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="591F906B" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-498727048"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00863FFB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00997BA4" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="00863FFB">
               <w:t xml:space="preserve">, Prequalification assessment </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3843F9F4" w14:textId="08A92245" w:rsidR="00863FFB" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="3843F9F4" w14:textId="08A92245" w:rsidR="00863FFB" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="436567855"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00863FFB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -18335,51 +18373,51 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00997BA4" w:rsidRPr="00121D49" w14:paraId="61897BF8" w14:textId="77777777" w:rsidTr="00AA385E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="65505CC9" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00997BA4" w:rsidP="00C75CE3">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="57047857" w14:textId="4DE9FD52" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="57047857" w14:textId="4DE9FD52" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-2034646909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -18406,87 +18444,87 @@
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00121D49">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="269" w:name="_Toc114833224"/>
             <w:r w:rsidRPr="00121D49">
               <w:t xml:space="preserve">Has WHO previously assessed </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00121D49">
               <w:t>product under a different name?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="269"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1A73A4" w14:textId="77777777" w:rsidR="0074459E" w:rsidRDefault="00780478" w:rsidP="0074459E">
+          <w:p w14:paraId="0E1A73A4" w14:textId="77777777" w:rsidR="0074459E" w:rsidRDefault="006617FA" w:rsidP="0074459E">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-1679030846"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0074459E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0074459E" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="0074459E">
               <w:t xml:space="preserve">, Prequalification assessment </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42E4889E" w14:textId="27D3110E" w:rsidR="0074459E" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="0074459E">
+          <w:p w14:paraId="42E4889E" w14:textId="27D3110E" w:rsidR="0074459E" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="0074459E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="755793910"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0074459E">
                   <w:rPr>
@@ -18541,51 +18579,51 @@
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00997BA4" w:rsidRPr="00121D49" w14:paraId="4FBD3638" w14:textId="77777777" w:rsidTr="00AA385E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7492C9E3" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00997BA4" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3E57F776" w14:textId="6BBB9F6F" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="3E57F776" w14:textId="6BBB9F6F" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="1764575664"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -18620,51 +18658,51 @@
             <w:r w:rsidR="00FA5174">
               <w:t xml:space="preserve">and/or EOI number </w:t>
             </w:r>
             <w:r w:rsidR="00331C4D">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00FA5174">
               <w:t>as</w:t>
             </w:r>
             <w:r w:rsidR="00331C4D">
               <w:t xml:space="preserve"> applicable)</w:t>
             </w:r>
             <w:r w:rsidRPr="00121D49">
               <w:t xml:space="preserve"> of the previously assessed</w:t>
             </w:r>
             <w:r w:rsidRPr="00121D49" w:rsidDel="00F6167D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00121D49">
               <w:t>product</w:t>
             </w:r>
             <w:r w:rsidR="005030A2">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FF3E2AB" w14:textId="77777777" w:rsidR="004E0C99" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="2FF3E2AB" w14:textId="77777777" w:rsidR="004E0C99" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="475806220"/>
                 <w:placeholder>
                   <w:docPart w:val="38CF055DC9E94B46BC64AF7770C5BC42"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005030A2" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -18728,99 +18766,99 @@
             <w:bookmarkStart w:id="281" w:name="_Toc114833368"/>
             <w:bookmarkStart w:id="282" w:name="_Toc114833420"/>
             <w:bookmarkStart w:id="283" w:name="_Toc114833542"/>
             <w:bookmarkStart w:id="284" w:name="_Toc114833655"/>
             <w:r w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve">Does the manufacturer have a quality management system in place for the design, development and production of </w:t>
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve"> product?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="279"/>
             <w:bookmarkEnd w:id="280"/>
             <w:bookmarkEnd w:id="281"/>
             <w:bookmarkEnd w:id="282"/>
             <w:bookmarkEnd w:id="283"/>
             <w:bookmarkEnd w:id="284"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD60E7B" w14:textId="672A4356" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="5CD60E7B" w14:textId="672A4356" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-867286343"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002600A9" w:rsidRPr="00121D49" w14:paraId="1C521554" w14:textId="77777777" w:rsidTr="1F2F8901">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7806" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7986817C" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00EC21A9" w:rsidRDefault="002600A9" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382270E7" w14:textId="5E17ECAE" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="382270E7" w14:textId="5E17ECAE" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1665659128"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -18855,93 +18893,93 @@
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t xml:space="preserve">applicable to the product </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t>meet the requirements of ISO 13485</w:t>
             </w:r>
             <w:r w:rsidR="00FF39D1" w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t>Medical devices — Quality management systems — Requirements for regulatory purposes?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="285"/>
             <w:bookmarkEnd w:id="286"/>
             <w:bookmarkEnd w:id="287"/>
             <w:bookmarkEnd w:id="288"/>
             <w:bookmarkEnd w:id="289"/>
             <w:bookmarkEnd w:id="290"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C43D18" w14:textId="233224EB" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="35C43D18" w14:textId="233224EB" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1143966922"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002600A9" w:rsidRPr="00121D49" w14:paraId="29FFE432" w14:textId="77777777" w:rsidTr="1F2F8901">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7806" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7816DD4E" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00EC21A9" w:rsidRDefault="002600A9" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2034F0A0" w14:textId="4036390A" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="2034F0A0" w14:textId="4036390A" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="211851757"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -18966,51 +19004,51 @@
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t xml:space="preserve">manufacturer’s </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve">quality management system </w:t>
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t xml:space="preserve">applicable to the product </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t>meet the requirements of other similar standards e.g. those required by other jurisdictions? If yes, please provide details.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="291"/>
             <w:bookmarkEnd w:id="292"/>
             <w:bookmarkEnd w:id="293"/>
             <w:bookmarkEnd w:id="294"/>
             <w:bookmarkEnd w:id="295"/>
             <w:bookmarkEnd w:id="296"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766EA32A" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00C75CE3">
+          <w:p w14:paraId="766EA32A" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1143265236"/>
                 <w:placeholder>
                   <w:docPart w:val="1671AC1FF4394045AD6AE21E915DBFCA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C17253" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -19072,51 +19110,51 @@
             <w:r>
               <w:t>certification body</w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t>(ies)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t>current period of certification</w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t>, including start and end date(s</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EB6ACC0" w14:textId="77777777" w:rsidR="007061A7" w:rsidRPr="007061A7" w:rsidRDefault="00780478" w:rsidP="007061A7">
+          <w:p w14:paraId="7EB6ACC0" w14:textId="77777777" w:rsidR="007061A7" w:rsidRPr="007061A7" w:rsidRDefault="006617FA" w:rsidP="007061A7">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1900819432"/>
                 <w:placeholder>
                   <w:docPart w:val="1C4FA3A096064D19B5D3A2590AD49655"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007061A7" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="36C8D0F6" w14:textId="77777777" w:rsidR="007061A7" w:rsidRDefault="007061A7" w:rsidP="00C75CE3">
             <w:pPr>
@@ -21939,109 +21977,109 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00121D49">
               <w:t>Physical address of supplier</w:t>
             </w:r>
             <w:r w:rsidRPr="00121D49" w:rsidDel="00E92A68">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00891F7A" w:rsidRPr="00121D49" w14:paraId="64A317C6" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3086" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C1D3E2" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="35C1D3E2" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1188362228"/>
                 <w:placeholder>
                   <w:docPart w:val="3B6B3716F0464D6B9828191A43E9BA4F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00891F7A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67EA4CA8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="67EA4CA8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1112173390"/>
                 <w:placeholder>
                   <w:docPart w:val="4B78B24D68344A16B2F96C22F3F0D1B8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00891F7A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="228BB4C8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="00780478" w:rsidP="00B74C49">
+          <w:p w14:paraId="228BB4C8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="510806020"/>
                 <w:placeholder>
                   <w:docPart w:val="8CB6F0C9F0EB48DC84A0C2E426FDBFCF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00891F7A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -22171,51 +22209,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00AA3365" w14:paraId="1AF5C8D0" w14:textId="77777777" w:rsidTr="00223595">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="605E4123" w14:textId="67903F5D" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="00AA3365" w:rsidP="00A31687">
             <w:r w:rsidRPr="00976B78">
               <w:t>Cho</w:t>
             </w:r>
             <w:r>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="00976B78">
               <w:t>se one of the two performance evaluation options:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA3365" w14:paraId="10A8A785" w14:textId="77777777" w:rsidTr="00223595">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D212E45" w14:textId="391E0577" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="00780478" w:rsidP="00A31687">
+          <w:p w14:paraId="1D212E45" w14:textId="391E0577" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="006617FA" w:rsidP="00A31687">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="371649178"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AA3365" w:rsidRPr="00976B78">
               <w:t xml:space="preserve">     Option </w:t>
             </w:r>
             <w:r w:rsidR="00BF61B3">
               <w:t>A</w:t>
             </w:r>
@@ -22241,51 +22279,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>the manufacturer</w:t>
             </w:r>
             <w:r w:rsidR="00BF61B3" w:rsidRPr="00976B78">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00976B78">
               <w:t xml:space="preserve">and carried out </w:t>
             </w:r>
             <w:r w:rsidR="00985BC1">
               <w:t>at a performance evaluation laboratory</w:t>
             </w:r>
             <w:r w:rsidR="00F76D4B">
               <w:t xml:space="preserve"> selected by the manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA3365" w14:paraId="6E773B7B" w14:textId="77777777" w:rsidTr="00223595">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62259905" w14:textId="1D00ED3B" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="00780478" w:rsidP="00A31687">
+          <w:p w14:paraId="62259905" w14:textId="1D00ED3B" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="006617FA" w:rsidP="00A31687">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="978272905"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0033214A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AA3365" w:rsidRPr="00976B78">
               <w:t xml:space="preserve">    Option </w:t>
             </w:r>
             <w:r w:rsidR="00BF61B3">
               <w:t>B</w:t>
             </w:r>
@@ -23472,50 +23510,51 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
+    <w:altName w:val="Georgia"/>
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -23550,56 +23589,62 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17D3A50D" w14:textId="77777777" w:rsidR="00AC54DC" w:rsidRDefault="00AC54DC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2CDEEA01" w14:textId="50425946" w:rsidR="00480E37" w:rsidRDefault="001331CA">
+  <w:p w14:paraId="2CDEEA01" w14:textId="3EDF39C6" w:rsidR="00480E37" w:rsidRDefault="001331CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">PQDx_460  </w:t>
+      <w:t xml:space="preserve">PQDx_460 </w:t>
+    </w:r>
+    <w:r w:rsidR="006617FA">
+      <w:t>v2 16/Jan/2026</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00CC4EFD">
       <w:t>(This document version supersedes any previous document versions)</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00EC45A9">
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-476455731"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:t xml:space="preserve">Page | </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
@@ -26455,82 +26500,82 @@
   <w:num w:numId="26" w16cid:durableId="2101825870">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2105110699">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="343409622">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="779959975">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1782073215">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1489710522">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA62BE"/>
     <w:rsid w:val="00002004"/>
+    <w:rsid w:val="000028B6"/>
     <w:rsid w:val="0000290B"/>
     <w:rsid w:val="0000384C"/>
     <w:rsid w:val="00003E28"/>
     <w:rsid w:val="00004596"/>
     <w:rsid w:val="00004CD9"/>
     <w:rsid w:val="00004EAD"/>
     <w:rsid w:val="0000652E"/>
     <w:rsid w:val="00007ED5"/>
     <w:rsid w:val="000107D9"/>
     <w:rsid w:val="000112C2"/>
     <w:rsid w:val="000113D6"/>
     <w:rsid w:val="000115D7"/>
     <w:rsid w:val="00011B0D"/>
     <w:rsid w:val="00012CAF"/>
     <w:rsid w:val="00014317"/>
     <w:rsid w:val="00017775"/>
     <w:rsid w:val="000207E0"/>
     <w:rsid w:val="00020B46"/>
     <w:rsid w:val="0002216B"/>
     <w:rsid w:val="000229D3"/>
     <w:rsid w:val="00023445"/>
     <w:rsid w:val="000241AB"/>
     <w:rsid w:val="000250F1"/>
     <w:rsid w:val="0002573F"/>
     <w:rsid w:val="000266AE"/>
@@ -26693,61 +26738,63 @@
     <w:rsid w:val="00161071"/>
     <w:rsid w:val="00163B17"/>
     <w:rsid w:val="00164C7A"/>
     <w:rsid w:val="001656A9"/>
     <w:rsid w:val="00166C0F"/>
     <w:rsid w:val="001676C1"/>
     <w:rsid w:val="001706C3"/>
     <w:rsid w:val="00170D49"/>
     <w:rsid w:val="00172D50"/>
     <w:rsid w:val="00173915"/>
     <w:rsid w:val="001769E9"/>
     <w:rsid w:val="00177F27"/>
     <w:rsid w:val="00180F70"/>
     <w:rsid w:val="00182F17"/>
     <w:rsid w:val="00185097"/>
     <w:rsid w:val="0018547F"/>
     <w:rsid w:val="00185B7E"/>
     <w:rsid w:val="001861F2"/>
     <w:rsid w:val="00187E09"/>
     <w:rsid w:val="00192229"/>
     <w:rsid w:val="00192592"/>
     <w:rsid w:val="001936A8"/>
     <w:rsid w:val="00196CE7"/>
     <w:rsid w:val="001A1AA5"/>
     <w:rsid w:val="001A2352"/>
+    <w:rsid w:val="001A4252"/>
     <w:rsid w:val="001A4AD8"/>
     <w:rsid w:val="001A4FA5"/>
     <w:rsid w:val="001A755D"/>
     <w:rsid w:val="001A7904"/>
     <w:rsid w:val="001B010F"/>
     <w:rsid w:val="001B04D6"/>
     <w:rsid w:val="001B17EA"/>
     <w:rsid w:val="001B1D29"/>
     <w:rsid w:val="001B3AB6"/>
     <w:rsid w:val="001B4385"/>
     <w:rsid w:val="001B4E2E"/>
+    <w:rsid w:val="001B517E"/>
     <w:rsid w:val="001B5B37"/>
     <w:rsid w:val="001B5EDD"/>
     <w:rsid w:val="001B7CBC"/>
     <w:rsid w:val="001C0647"/>
     <w:rsid w:val="001C1921"/>
     <w:rsid w:val="001C40CA"/>
     <w:rsid w:val="001C4461"/>
     <w:rsid w:val="001C57D5"/>
     <w:rsid w:val="001C70AD"/>
     <w:rsid w:val="001C7D27"/>
     <w:rsid w:val="001D04DD"/>
     <w:rsid w:val="001D0B3F"/>
     <w:rsid w:val="001D135F"/>
     <w:rsid w:val="001D2880"/>
     <w:rsid w:val="001D2E91"/>
     <w:rsid w:val="001D3835"/>
     <w:rsid w:val="001D432B"/>
     <w:rsid w:val="001D539E"/>
     <w:rsid w:val="001D6A75"/>
     <w:rsid w:val="001D76A3"/>
     <w:rsid w:val="001D7790"/>
     <w:rsid w:val="001E025B"/>
     <w:rsid w:val="001E0F5F"/>
     <w:rsid w:val="001E1407"/>
     <w:rsid w:val="001E3019"/>
@@ -26825,50 +26872,51 @@
     <w:rsid w:val="0028565E"/>
     <w:rsid w:val="002867E3"/>
     <w:rsid w:val="00290C16"/>
     <w:rsid w:val="0029259F"/>
     <w:rsid w:val="002928F5"/>
     <w:rsid w:val="00292A36"/>
     <w:rsid w:val="00293370"/>
     <w:rsid w:val="00293A9B"/>
     <w:rsid w:val="00294B6A"/>
     <w:rsid w:val="00296258"/>
     <w:rsid w:val="00296C75"/>
     <w:rsid w:val="002977DD"/>
     <w:rsid w:val="00297ED7"/>
     <w:rsid w:val="002A15AB"/>
     <w:rsid w:val="002A26FD"/>
     <w:rsid w:val="002A43B4"/>
     <w:rsid w:val="002A4491"/>
     <w:rsid w:val="002A5091"/>
     <w:rsid w:val="002A5E9D"/>
     <w:rsid w:val="002B0313"/>
     <w:rsid w:val="002B04FD"/>
     <w:rsid w:val="002B1500"/>
     <w:rsid w:val="002B159E"/>
     <w:rsid w:val="002B1A0D"/>
     <w:rsid w:val="002B1C21"/>
+    <w:rsid w:val="002B55C4"/>
     <w:rsid w:val="002B6DDC"/>
     <w:rsid w:val="002B6E06"/>
     <w:rsid w:val="002B6EB0"/>
     <w:rsid w:val="002B7233"/>
     <w:rsid w:val="002B767D"/>
     <w:rsid w:val="002B7B97"/>
     <w:rsid w:val="002C0850"/>
     <w:rsid w:val="002C2248"/>
     <w:rsid w:val="002C498A"/>
     <w:rsid w:val="002C574D"/>
     <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D0F55"/>
     <w:rsid w:val="002D1CA2"/>
     <w:rsid w:val="002D21F9"/>
     <w:rsid w:val="002D29B9"/>
     <w:rsid w:val="002D2A44"/>
     <w:rsid w:val="002D3665"/>
     <w:rsid w:val="002D682C"/>
     <w:rsid w:val="002D6D01"/>
     <w:rsid w:val="002E098D"/>
     <w:rsid w:val="002E0AFE"/>
     <w:rsid w:val="002E1E58"/>
     <w:rsid w:val="002E2376"/>
     <w:rsid w:val="002E392B"/>
     <w:rsid w:val="002E4289"/>
@@ -27052,70 +27100,72 @@
     <w:rsid w:val="004729F4"/>
     <w:rsid w:val="00472FF6"/>
     <w:rsid w:val="00473557"/>
     <w:rsid w:val="00476ECF"/>
     <w:rsid w:val="004803D9"/>
     <w:rsid w:val="00480E37"/>
     <w:rsid w:val="00481455"/>
     <w:rsid w:val="00482309"/>
     <w:rsid w:val="00483689"/>
     <w:rsid w:val="00484BD6"/>
     <w:rsid w:val="00484CB6"/>
     <w:rsid w:val="00484FFA"/>
     <w:rsid w:val="004878B8"/>
     <w:rsid w:val="0049039C"/>
     <w:rsid w:val="00490E72"/>
     <w:rsid w:val="00491DF9"/>
     <w:rsid w:val="004921AB"/>
     <w:rsid w:val="004937AE"/>
     <w:rsid w:val="004955EB"/>
     <w:rsid w:val="004966C6"/>
     <w:rsid w:val="00496F40"/>
     <w:rsid w:val="00496F4E"/>
     <w:rsid w:val="004A052D"/>
     <w:rsid w:val="004A06EF"/>
     <w:rsid w:val="004A1274"/>
+    <w:rsid w:val="004A1860"/>
     <w:rsid w:val="004A28DC"/>
     <w:rsid w:val="004A410E"/>
     <w:rsid w:val="004A6EB5"/>
     <w:rsid w:val="004A7510"/>
     <w:rsid w:val="004B1A47"/>
     <w:rsid w:val="004B218D"/>
     <w:rsid w:val="004B7977"/>
     <w:rsid w:val="004C11E6"/>
     <w:rsid w:val="004C209E"/>
     <w:rsid w:val="004C2719"/>
     <w:rsid w:val="004C2E95"/>
     <w:rsid w:val="004C3CDD"/>
     <w:rsid w:val="004C406D"/>
     <w:rsid w:val="004C5807"/>
     <w:rsid w:val="004C655F"/>
     <w:rsid w:val="004C7790"/>
     <w:rsid w:val="004D0CDF"/>
     <w:rsid w:val="004D0F07"/>
     <w:rsid w:val="004D122D"/>
     <w:rsid w:val="004D2413"/>
+    <w:rsid w:val="004D2D36"/>
     <w:rsid w:val="004D315C"/>
     <w:rsid w:val="004D37F3"/>
     <w:rsid w:val="004D43B8"/>
     <w:rsid w:val="004D43CA"/>
     <w:rsid w:val="004D4865"/>
     <w:rsid w:val="004D61A3"/>
     <w:rsid w:val="004D627E"/>
     <w:rsid w:val="004D74A4"/>
     <w:rsid w:val="004D76CF"/>
     <w:rsid w:val="004E0503"/>
     <w:rsid w:val="004E0C99"/>
     <w:rsid w:val="004E1C03"/>
     <w:rsid w:val="004E223D"/>
     <w:rsid w:val="004E3AB5"/>
     <w:rsid w:val="004E3EC2"/>
     <w:rsid w:val="004E4CB2"/>
     <w:rsid w:val="004E5495"/>
     <w:rsid w:val="004E5ED8"/>
     <w:rsid w:val="004E6D9E"/>
     <w:rsid w:val="004E778D"/>
     <w:rsid w:val="004F0DD5"/>
     <w:rsid w:val="00501444"/>
     <w:rsid w:val="0050161C"/>
     <w:rsid w:val="00502A70"/>
     <w:rsid w:val="00502F79"/>
@@ -27148,64 +27198,66 @@
     <w:rsid w:val="00532BB9"/>
     <w:rsid w:val="005346D4"/>
     <w:rsid w:val="00535BC3"/>
     <w:rsid w:val="00535DA3"/>
     <w:rsid w:val="00540CD2"/>
     <w:rsid w:val="00542848"/>
     <w:rsid w:val="00546878"/>
     <w:rsid w:val="00550485"/>
     <w:rsid w:val="00554D99"/>
     <w:rsid w:val="00555190"/>
     <w:rsid w:val="00556099"/>
     <w:rsid w:val="005577D4"/>
     <w:rsid w:val="00557A1C"/>
     <w:rsid w:val="00557FF3"/>
     <w:rsid w:val="00561385"/>
     <w:rsid w:val="00562625"/>
     <w:rsid w:val="00564577"/>
     <w:rsid w:val="00564B4F"/>
     <w:rsid w:val="00566F81"/>
     <w:rsid w:val="00567666"/>
     <w:rsid w:val="0056776F"/>
     <w:rsid w:val="00570CFC"/>
     <w:rsid w:val="00570FBA"/>
     <w:rsid w:val="005724B7"/>
     <w:rsid w:val="00572584"/>
+    <w:rsid w:val="00572CCC"/>
     <w:rsid w:val="00576072"/>
     <w:rsid w:val="00580822"/>
     <w:rsid w:val="0058265F"/>
     <w:rsid w:val="00584E08"/>
     <w:rsid w:val="0058610E"/>
     <w:rsid w:val="0059092A"/>
     <w:rsid w:val="00590BE3"/>
     <w:rsid w:val="005925E6"/>
     <w:rsid w:val="00593976"/>
     <w:rsid w:val="00594446"/>
     <w:rsid w:val="0059476A"/>
     <w:rsid w:val="0059484C"/>
     <w:rsid w:val="00594BC3"/>
     <w:rsid w:val="0059796F"/>
+    <w:rsid w:val="00597A83"/>
     <w:rsid w:val="00597F34"/>
     <w:rsid w:val="005A020F"/>
     <w:rsid w:val="005A07B3"/>
     <w:rsid w:val="005A1C1C"/>
     <w:rsid w:val="005A2899"/>
     <w:rsid w:val="005A33F1"/>
     <w:rsid w:val="005A6943"/>
     <w:rsid w:val="005A6D39"/>
     <w:rsid w:val="005B0D7A"/>
     <w:rsid w:val="005B1225"/>
     <w:rsid w:val="005B1312"/>
     <w:rsid w:val="005B2FF8"/>
     <w:rsid w:val="005B442D"/>
     <w:rsid w:val="005B531B"/>
     <w:rsid w:val="005B54A9"/>
     <w:rsid w:val="005B7794"/>
     <w:rsid w:val="005B7864"/>
     <w:rsid w:val="005B7D94"/>
     <w:rsid w:val="005C043B"/>
     <w:rsid w:val="005C09BC"/>
     <w:rsid w:val="005C09F4"/>
     <w:rsid w:val="005C0CD0"/>
     <w:rsid w:val="005C182F"/>
     <w:rsid w:val="005C1AA6"/>
     <w:rsid w:val="005C1FF8"/>
@@ -27240,104 +27292,107 @@
     <w:rsid w:val="005F6DCC"/>
     <w:rsid w:val="00603467"/>
     <w:rsid w:val="006034D0"/>
     <w:rsid w:val="00604142"/>
     <w:rsid w:val="0061245E"/>
     <w:rsid w:val="006131D2"/>
     <w:rsid w:val="006139F0"/>
     <w:rsid w:val="006149FA"/>
     <w:rsid w:val="0061535B"/>
     <w:rsid w:val="00616E41"/>
     <w:rsid w:val="0061743D"/>
     <w:rsid w:val="00617629"/>
     <w:rsid w:val="00620250"/>
     <w:rsid w:val="00621152"/>
     <w:rsid w:val="006235D7"/>
     <w:rsid w:val="00624C3D"/>
     <w:rsid w:val="00625BB1"/>
     <w:rsid w:val="00627961"/>
     <w:rsid w:val="00627C20"/>
     <w:rsid w:val="00632BF7"/>
     <w:rsid w:val="00632D79"/>
     <w:rsid w:val="00632E3B"/>
     <w:rsid w:val="0063323D"/>
     <w:rsid w:val="00633427"/>
     <w:rsid w:val="006347E9"/>
+    <w:rsid w:val="0063528B"/>
     <w:rsid w:val="006362A6"/>
     <w:rsid w:val="00636CAF"/>
     <w:rsid w:val="00636D09"/>
     <w:rsid w:val="00640C75"/>
     <w:rsid w:val="0064182D"/>
     <w:rsid w:val="00643812"/>
     <w:rsid w:val="00643881"/>
     <w:rsid w:val="00643BE7"/>
     <w:rsid w:val="00644313"/>
     <w:rsid w:val="00644804"/>
     <w:rsid w:val="00644BBB"/>
     <w:rsid w:val="00645EA9"/>
     <w:rsid w:val="006470D6"/>
     <w:rsid w:val="00651560"/>
     <w:rsid w:val="006517C2"/>
     <w:rsid w:val="00654DB6"/>
     <w:rsid w:val="0065571A"/>
     <w:rsid w:val="00656D23"/>
     <w:rsid w:val="00656E33"/>
     <w:rsid w:val="006610E4"/>
     <w:rsid w:val="006614BB"/>
+    <w:rsid w:val="006617FA"/>
     <w:rsid w:val="00664A64"/>
     <w:rsid w:val="00670C02"/>
     <w:rsid w:val="00671E8B"/>
     <w:rsid w:val="006724F8"/>
     <w:rsid w:val="00676078"/>
     <w:rsid w:val="006774A5"/>
     <w:rsid w:val="006807B3"/>
     <w:rsid w:val="00680E8C"/>
     <w:rsid w:val="00681760"/>
     <w:rsid w:val="006847CC"/>
     <w:rsid w:val="006916BA"/>
     <w:rsid w:val="00693045"/>
     <w:rsid w:val="00693CDF"/>
     <w:rsid w:val="0069490B"/>
     <w:rsid w:val="00696A5A"/>
     <w:rsid w:val="00697B4D"/>
     <w:rsid w:val="006A0E7B"/>
     <w:rsid w:val="006A2888"/>
     <w:rsid w:val="006A3A1B"/>
     <w:rsid w:val="006A3E79"/>
     <w:rsid w:val="006A4873"/>
     <w:rsid w:val="006A4F87"/>
     <w:rsid w:val="006A54FB"/>
     <w:rsid w:val="006A6EE3"/>
     <w:rsid w:val="006A798F"/>
     <w:rsid w:val="006A7B8A"/>
     <w:rsid w:val="006B0998"/>
     <w:rsid w:val="006B175B"/>
     <w:rsid w:val="006B27A0"/>
     <w:rsid w:val="006B2DE2"/>
     <w:rsid w:val="006B686E"/>
     <w:rsid w:val="006B7624"/>
     <w:rsid w:val="006B7F04"/>
+    <w:rsid w:val="006C068C"/>
     <w:rsid w:val="006C0747"/>
     <w:rsid w:val="006C0BF0"/>
     <w:rsid w:val="006C162A"/>
     <w:rsid w:val="006C41BF"/>
     <w:rsid w:val="006D03B5"/>
     <w:rsid w:val="006D3179"/>
     <w:rsid w:val="006D3B1A"/>
     <w:rsid w:val="006D3DEF"/>
     <w:rsid w:val="006D4179"/>
     <w:rsid w:val="006D50CA"/>
     <w:rsid w:val="006D734D"/>
     <w:rsid w:val="006E13EB"/>
     <w:rsid w:val="006E15F8"/>
     <w:rsid w:val="006E1847"/>
     <w:rsid w:val="006E29BF"/>
     <w:rsid w:val="006E2EE8"/>
     <w:rsid w:val="006E331D"/>
     <w:rsid w:val="006E44D8"/>
     <w:rsid w:val="006E52E7"/>
     <w:rsid w:val="006E535E"/>
     <w:rsid w:val="006E5A18"/>
     <w:rsid w:val="006E5C63"/>
     <w:rsid w:val="006E6BC4"/>
     <w:rsid w:val="006E6C16"/>
     <w:rsid w:val="006F11A0"/>
@@ -27675,50 +27730,51 @@
     <w:rsid w:val="00990FF0"/>
     <w:rsid w:val="009934D7"/>
     <w:rsid w:val="009940F4"/>
     <w:rsid w:val="00994AE8"/>
     <w:rsid w:val="00995D87"/>
     <w:rsid w:val="0099645F"/>
     <w:rsid w:val="009965E9"/>
     <w:rsid w:val="00996708"/>
     <w:rsid w:val="00997BA4"/>
     <w:rsid w:val="00997F2B"/>
     <w:rsid w:val="009A0372"/>
     <w:rsid w:val="009A07C6"/>
     <w:rsid w:val="009A08C2"/>
     <w:rsid w:val="009A2512"/>
     <w:rsid w:val="009A6F84"/>
     <w:rsid w:val="009A7E74"/>
     <w:rsid w:val="009B072E"/>
     <w:rsid w:val="009B0934"/>
     <w:rsid w:val="009B1ED1"/>
     <w:rsid w:val="009B6610"/>
     <w:rsid w:val="009B6D5E"/>
     <w:rsid w:val="009C14D3"/>
     <w:rsid w:val="009C5E43"/>
     <w:rsid w:val="009C62F2"/>
     <w:rsid w:val="009C78F9"/>
+    <w:rsid w:val="009D09AB"/>
     <w:rsid w:val="009D1613"/>
     <w:rsid w:val="009D3AF7"/>
     <w:rsid w:val="009D3F96"/>
     <w:rsid w:val="009D58A5"/>
     <w:rsid w:val="009D6612"/>
     <w:rsid w:val="009D776A"/>
     <w:rsid w:val="009D77C1"/>
     <w:rsid w:val="009E0579"/>
     <w:rsid w:val="009E1CE7"/>
     <w:rsid w:val="009E2DF8"/>
     <w:rsid w:val="009E77A3"/>
     <w:rsid w:val="009E7FE1"/>
     <w:rsid w:val="009F1112"/>
     <w:rsid w:val="009F1F11"/>
     <w:rsid w:val="009F2A62"/>
     <w:rsid w:val="009F53FA"/>
     <w:rsid w:val="00A00E1E"/>
     <w:rsid w:val="00A01D63"/>
     <w:rsid w:val="00A0226F"/>
     <w:rsid w:val="00A02CC4"/>
     <w:rsid w:val="00A0374C"/>
     <w:rsid w:val="00A03845"/>
     <w:rsid w:val="00A055A9"/>
     <w:rsid w:val="00A0723B"/>
     <w:rsid w:val="00A16E36"/>
@@ -27727,50 +27783,51 @@
     <w:rsid w:val="00A25106"/>
     <w:rsid w:val="00A25142"/>
     <w:rsid w:val="00A2563D"/>
     <w:rsid w:val="00A25A10"/>
     <w:rsid w:val="00A31687"/>
     <w:rsid w:val="00A31B36"/>
     <w:rsid w:val="00A3274F"/>
     <w:rsid w:val="00A3298C"/>
     <w:rsid w:val="00A3317A"/>
     <w:rsid w:val="00A33DDC"/>
     <w:rsid w:val="00A3532D"/>
     <w:rsid w:val="00A35EC1"/>
     <w:rsid w:val="00A3733D"/>
     <w:rsid w:val="00A41EA7"/>
     <w:rsid w:val="00A42EE2"/>
     <w:rsid w:val="00A4385A"/>
     <w:rsid w:val="00A445B7"/>
     <w:rsid w:val="00A44D12"/>
     <w:rsid w:val="00A450AC"/>
     <w:rsid w:val="00A45BFA"/>
     <w:rsid w:val="00A4685D"/>
     <w:rsid w:val="00A50D5A"/>
     <w:rsid w:val="00A51D70"/>
     <w:rsid w:val="00A51FC9"/>
     <w:rsid w:val="00A60448"/>
+    <w:rsid w:val="00A6101F"/>
     <w:rsid w:val="00A62435"/>
     <w:rsid w:val="00A6565D"/>
     <w:rsid w:val="00A65CC5"/>
     <w:rsid w:val="00A66289"/>
     <w:rsid w:val="00A66661"/>
     <w:rsid w:val="00A711FA"/>
     <w:rsid w:val="00A71E5D"/>
     <w:rsid w:val="00A73668"/>
     <w:rsid w:val="00A73736"/>
     <w:rsid w:val="00A74D9D"/>
     <w:rsid w:val="00A75A21"/>
     <w:rsid w:val="00A77E19"/>
     <w:rsid w:val="00A80567"/>
     <w:rsid w:val="00A82841"/>
     <w:rsid w:val="00A838E7"/>
     <w:rsid w:val="00A842F7"/>
     <w:rsid w:val="00A85181"/>
     <w:rsid w:val="00A87454"/>
     <w:rsid w:val="00A90F5E"/>
     <w:rsid w:val="00A92303"/>
     <w:rsid w:val="00A93D4E"/>
     <w:rsid w:val="00A94193"/>
     <w:rsid w:val="00A945F1"/>
     <w:rsid w:val="00A95B0B"/>
     <w:rsid w:val="00A96787"/>
@@ -27798,50 +27855,51 @@
     <w:rsid w:val="00AC25BA"/>
     <w:rsid w:val="00AC32D7"/>
     <w:rsid w:val="00AC3457"/>
     <w:rsid w:val="00AC37F9"/>
     <w:rsid w:val="00AC54DC"/>
     <w:rsid w:val="00AC57BA"/>
     <w:rsid w:val="00AC6E54"/>
     <w:rsid w:val="00AC7091"/>
     <w:rsid w:val="00AC73CC"/>
     <w:rsid w:val="00AD19C3"/>
     <w:rsid w:val="00AD6A85"/>
     <w:rsid w:val="00AE029A"/>
     <w:rsid w:val="00AE18B1"/>
     <w:rsid w:val="00AE39BB"/>
     <w:rsid w:val="00AE46D3"/>
     <w:rsid w:val="00AE538E"/>
     <w:rsid w:val="00AE6F8A"/>
     <w:rsid w:val="00AE78D5"/>
     <w:rsid w:val="00AF0351"/>
     <w:rsid w:val="00AF0790"/>
     <w:rsid w:val="00AF0D8D"/>
     <w:rsid w:val="00AF1F37"/>
     <w:rsid w:val="00AF280E"/>
     <w:rsid w:val="00AF2B32"/>
     <w:rsid w:val="00AF5ADE"/>
+    <w:rsid w:val="00AF6690"/>
     <w:rsid w:val="00B00900"/>
     <w:rsid w:val="00B02DBB"/>
     <w:rsid w:val="00B032DB"/>
     <w:rsid w:val="00B03FE6"/>
     <w:rsid w:val="00B0427F"/>
     <w:rsid w:val="00B0551C"/>
     <w:rsid w:val="00B07FD2"/>
     <w:rsid w:val="00B10548"/>
     <w:rsid w:val="00B10738"/>
     <w:rsid w:val="00B12AF7"/>
     <w:rsid w:val="00B13404"/>
     <w:rsid w:val="00B13B49"/>
     <w:rsid w:val="00B14392"/>
     <w:rsid w:val="00B153F5"/>
     <w:rsid w:val="00B16ADC"/>
     <w:rsid w:val="00B17238"/>
     <w:rsid w:val="00B1799D"/>
     <w:rsid w:val="00B20313"/>
     <w:rsid w:val="00B2227A"/>
     <w:rsid w:val="00B23D09"/>
     <w:rsid w:val="00B23F78"/>
     <w:rsid w:val="00B24A01"/>
     <w:rsid w:val="00B24CBD"/>
     <w:rsid w:val="00B31CAC"/>
     <w:rsid w:val="00B32313"/>
@@ -27936,50 +27994,51 @@
     <w:rsid w:val="00BE7C83"/>
     <w:rsid w:val="00BF017B"/>
     <w:rsid w:val="00BF5784"/>
     <w:rsid w:val="00BF58BB"/>
     <w:rsid w:val="00BF5E89"/>
     <w:rsid w:val="00BF61B3"/>
     <w:rsid w:val="00BF62B6"/>
     <w:rsid w:val="00BF662B"/>
     <w:rsid w:val="00BF672B"/>
     <w:rsid w:val="00BF68E6"/>
     <w:rsid w:val="00BF7174"/>
     <w:rsid w:val="00BF78D1"/>
     <w:rsid w:val="00C008C1"/>
     <w:rsid w:val="00C015FD"/>
     <w:rsid w:val="00C02251"/>
     <w:rsid w:val="00C02E7D"/>
     <w:rsid w:val="00C03158"/>
     <w:rsid w:val="00C034F2"/>
     <w:rsid w:val="00C03ADD"/>
     <w:rsid w:val="00C048D0"/>
     <w:rsid w:val="00C05D47"/>
     <w:rsid w:val="00C0614F"/>
     <w:rsid w:val="00C07E59"/>
     <w:rsid w:val="00C1041D"/>
     <w:rsid w:val="00C10F7B"/>
+    <w:rsid w:val="00C114B3"/>
     <w:rsid w:val="00C13E97"/>
     <w:rsid w:val="00C1529B"/>
     <w:rsid w:val="00C15325"/>
     <w:rsid w:val="00C1631D"/>
     <w:rsid w:val="00C17253"/>
     <w:rsid w:val="00C17787"/>
     <w:rsid w:val="00C22A72"/>
     <w:rsid w:val="00C22EFC"/>
     <w:rsid w:val="00C23768"/>
     <w:rsid w:val="00C2464D"/>
     <w:rsid w:val="00C24A5A"/>
     <w:rsid w:val="00C25275"/>
     <w:rsid w:val="00C25E25"/>
     <w:rsid w:val="00C30387"/>
     <w:rsid w:val="00C307CC"/>
     <w:rsid w:val="00C30E3C"/>
     <w:rsid w:val="00C31091"/>
     <w:rsid w:val="00C314E5"/>
     <w:rsid w:val="00C32278"/>
     <w:rsid w:val="00C32B2C"/>
     <w:rsid w:val="00C3312F"/>
     <w:rsid w:val="00C33B8A"/>
     <w:rsid w:val="00C3442D"/>
     <w:rsid w:val="00C400D7"/>
     <w:rsid w:val="00C409FB"/>
@@ -28030,50 +28089,51 @@
     <w:rsid w:val="00C91766"/>
     <w:rsid w:val="00C9192A"/>
     <w:rsid w:val="00C93574"/>
     <w:rsid w:val="00C94987"/>
     <w:rsid w:val="00C94CDD"/>
     <w:rsid w:val="00C965FA"/>
     <w:rsid w:val="00C96A81"/>
     <w:rsid w:val="00C97918"/>
     <w:rsid w:val="00CA50F9"/>
     <w:rsid w:val="00CA51D0"/>
     <w:rsid w:val="00CA62BE"/>
     <w:rsid w:val="00CA637B"/>
     <w:rsid w:val="00CA6ECA"/>
     <w:rsid w:val="00CB0005"/>
     <w:rsid w:val="00CB1476"/>
     <w:rsid w:val="00CB34E9"/>
     <w:rsid w:val="00CB360B"/>
     <w:rsid w:val="00CB47B3"/>
     <w:rsid w:val="00CB495D"/>
     <w:rsid w:val="00CB53F3"/>
     <w:rsid w:val="00CB5715"/>
     <w:rsid w:val="00CB680C"/>
     <w:rsid w:val="00CB6A80"/>
     <w:rsid w:val="00CB77B8"/>
     <w:rsid w:val="00CC1DBE"/>
+    <w:rsid w:val="00CC2F24"/>
     <w:rsid w:val="00CC3E90"/>
     <w:rsid w:val="00CC424D"/>
     <w:rsid w:val="00CC4EFD"/>
     <w:rsid w:val="00CC6BE3"/>
     <w:rsid w:val="00CC6CDB"/>
     <w:rsid w:val="00CC7297"/>
     <w:rsid w:val="00CC730A"/>
     <w:rsid w:val="00CC7F99"/>
     <w:rsid w:val="00CD01F6"/>
     <w:rsid w:val="00CD3C48"/>
     <w:rsid w:val="00CD6147"/>
     <w:rsid w:val="00CD793B"/>
     <w:rsid w:val="00CE00E1"/>
     <w:rsid w:val="00CE07F6"/>
     <w:rsid w:val="00CE2610"/>
     <w:rsid w:val="00CE42B3"/>
     <w:rsid w:val="00CE4348"/>
     <w:rsid w:val="00CE4611"/>
     <w:rsid w:val="00CE4820"/>
     <w:rsid w:val="00CE4C44"/>
     <w:rsid w:val="00CE5DEF"/>
     <w:rsid w:val="00CE7207"/>
     <w:rsid w:val="00CE7769"/>
     <w:rsid w:val="00CE7A17"/>
     <w:rsid w:val="00CE7EB4"/>
@@ -28177,50 +28237,51 @@
     <w:rsid w:val="00DD1BC4"/>
     <w:rsid w:val="00DD21A9"/>
     <w:rsid w:val="00DD6832"/>
     <w:rsid w:val="00DD6B80"/>
     <w:rsid w:val="00DD7966"/>
     <w:rsid w:val="00DD7FC7"/>
     <w:rsid w:val="00DE0F99"/>
     <w:rsid w:val="00DE1669"/>
     <w:rsid w:val="00DE2EB0"/>
     <w:rsid w:val="00DE3648"/>
     <w:rsid w:val="00DE3B67"/>
     <w:rsid w:val="00DE4D78"/>
     <w:rsid w:val="00DE5B59"/>
     <w:rsid w:val="00DE60F4"/>
     <w:rsid w:val="00DE773F"/>
     <w:rsid w:val="00DF04C2"/>
     <w:rsid w:val="00DF0CD1"/>
     <w:rsid w:val="00DF11E7"/>
     <w:rsid w:val="00DF2C4C"/>
     <w:rsid w:val="00DF490D"/>
     <w:rsid w:val="00DF634E"/>
     <w:rsid w:val="00DF7899"/>
     <w:rsid w:val="00DF7BCE"/>
     <w:rsid w:val="00E00CEB"/>
     <w:rsid w:val="00E019DD"/>
+    <w:rsid w:val="00E02013"/>
     <w:rsid w:val="00E02172"/>
     <w:rsid w:val="00E03454"/>
     <w:rsid w:val="00E0395F"/>
     <w:rsid w:val="00E067E7"/>
     <w:rsid w:val="00E06831"/>
     <w:rsid w:val="00E06F20"/>
     <w:rsid w:val="00E07202"/>
     <w:rsid w:val="00E07411"/>
     <w:rsid w:val="00E130B1"/>
     <w:rsid w:val="00E15166"/>
     <w:rsid w:val="00E15264"/>
     <w:rsid w:val="00E1578A"/>
     <w:rsid w:val="00E15853"/>
     <w:rsid w:val="00E15F10"/>
     <w:rsid w:val="00E161A2"/>
     <w:rsid w:val="00E16D6A"/>
     <w:rsid w:val="00E217C5"/>
     <w:rsid w:val="00E2299A"/>
     <w:rsid w:val="00E229C6"/>
     <w:rsid w:val="00E230B8"/>
     <w:rsid w:val="00E2393D"/>
     <w:rsid w:val="00E23A95"/>
     <w:rsid w:val="00E25C80"/>
     <w:rsid w:val="00E26817"/>
     <w:rsid w:val="00E26CF4"/>
@@ -28357,50 +28418,51 @@
     <w:rsid w:val="00F429AE"/>
     <w:rsid w:val="00F450EE"/>
     <w:rsid w:val="00F500E1"/>
     <w:rsid w:val="00F50A38"/>
     <w:rsid w:val="00F518EE"/>
     <w:rsid w:val="00F51CF6"/>
     <w:rsid w:val="00F54172"/>
     <w:rsid w:val="00F5441E"/>
     <w:rsid w:val="00F5444F"/>
     <w:rsid w:val="00F5474A"/>
     <w:rsid w:val="00F54A31"/>
     <w:rsid w:val="00F54EF0"/>
     <w:rsid w:val="00F55016"/>
     <w:rsid w:val="00F56DDD"/>
     <w:rsid w:val="00F57FC2"/>
     <w:rsid w:val="00F6127F"/>
     <w:rsid w:val="00F6167D"/>
     <w:rsid w:val="00F62479"/>
     <w:rsid w:val="00F63AF3"/>
     <w:rsid w:val="00F64E33"/>
     <w:rsid w:val="00F66CD9"/>
     <w:rsid w:val="00F70B86"/>
     <w:rsid w:val="00F70DF1"/>
     <w:rsid w:val="00F71FBD"/>
     <w:rsid w:val="00F72AA2"/>
+    <w:rsid w:val="00F732B9"/>
     <w:rsid w:val="00F73353"/>
     <w:rsid w:val="00F73BE9"/>
     <w:rsid w:val="00F76062"/>
     <w:rsid w:val="00F76228"/>
     <w:rsid w:val="00F76613"/>
     <w:rsid w:val="00F76D4B"/>
     <w:rsid w:val="00F776CF"/>
     <w:rsid w:val="00F806FE"/>
     <w:rsid w:val="00F82100"/>
     <w:rsid w:val="00F82D2D"/>
     <w:rsid w:val="00F83506"/>
     <w:rsid w:val="00F848AA"/>
     <w:rsid w:val="00F84915"/>
     <w:rsid w:val="00F8662E"/>
     <w:rsid w:val="00F87CF0"/>
     <w:rsid w:val="00F9059B"/>
     <w:rsid w:val="00F90D50"/>
     <w:rsid w:val="00F92622"/>
     <w:rsid w:val="00F93ECA"/>
     <w:rsid w:val="00F942CC"/>
     <w:rsid w:val="00F94469"/>
     <w:rsid w:val="00F97B61"/>
     <w:rsid w:val="00FA198A"/>
     <w:rsid w:val="00FA2238"/>
     <w:rsid w:val="00FA4CE4"/>
@@ -30219,51 +30281,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2125539338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/amc/en/mediation/rules/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/copyright" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/ivd-performance-evaluation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/book-orders" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/amc/en/mediation/rules/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/epqs-portal" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/copyright" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/ivd-performance-evaluation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/book-orders" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/ivd-performance-evaluation" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1082065158"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -34759,50 +34821,51 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
+    <w:altName w:val="Georgia"/>
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -34877,50 +34940,51 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B13B49"/>
     <w:rsid w:val="00023D6C"/>
     <w:rsid w:val="0004562E"/>
     <w:rsid w:val="00061FD4"/>
     <w:rsid w:val="000765FA"/>
     <w:rsid w:val="00077EFD"/>
     <w:rsid w:val="000F6A7D"/>
     <w:rsid w:val="00103FED"/>
     <w:rsid w:val="00162ECC"/>
     <w:rsid w:val="00164834"/>
     <w:rsid w:val="00170C48"/>
+    <w:rsid w:val="001B517E"/>
     <w:rsid w:val="001D432B"/>
     <w:rsid w:val="001D78BF"/>
     <w:rsid w:val="001F40C5"/>
     <w:rsid w:val="002142B8"/>
     <w:rsid w:val="00237F51"/>
     <w:rsid w:val="00262510"/>
     <w:rsid w:val="00272E10"/>
     <w:rsid w:val="00276B04"/>
     <w:rsid w:val="002B1A0D"/>
     <w:rsid w:val="002D21F9"/>
     <w:rsid w:val="00301FB3"/>
     <w:rsid w:val="00320D8A"/>
     <w:rsid w:val="00343083"/>
     <w:rsid w:val="00384101"/>
     <w:rsid w:val="003E3F29"/>
     <w:rsid w:val="004356C1"/>
     <w:rsid w:val="004C5807"/>
     <w:rsid w:val="004D37F3"/>
     <w:rsid w:val="004F715C"/>
     <w:rsid w:val="005043AE"/>
     <w:rsid w:val="00540952"/>
     <w:rsid w:val="00552197"/>
     <w:rsid w:val="0057514C"/>
     <w:rsid w:val="00594446"/>
     <w:rsid w:val="00595FFF"/>
@@ -34936,93 +35000,97 @@
     <w:rsid w:val="007171F4"/>
     <w:rsid w:val="00762BE8"/>
     <w:rsid w:val="00782F4F"/>
     <w:rsid w:val="00795D20"/>
     <w:rsid w:val="007F634A"/>
     <w:rsid w:val="007F72A8"/>
     <w:rsid w:val="00834D4B"/>
     <w:rsid w:val="00852686"/>
     <w:rsid w:val="00864166"/>
     <w:rsid w:val="0088291F"/>
     <w:rsid w:val="00891CC7"/>
     <w:rsid w:val="008C62B0"/>
     <w:rsid w:val="008D7351"/>
     <w:rsid w:val="008E52E2"/>
     <w:rsid w:val="009110D1"/>
     <w:rsid w:val="00915CFF"/>
     <w:rsid w:val="0093600E"/>
     <w:rsid w:val="00944209"/>
     <w:rsid w:val="00956B89"/>
     <w:rsid w:val="009671C8"/>
     <w:rsid w:val="00994AE8"/>
     <w:rsid w:val="009B5068"/>
     <w:rsid w:val="00A00A87"/>
     <w:rsid w:val="00A00E1E"/>
     <w:rsid w:val="00A140E5"/>
+    <w:rsid w:val="00A6101F"/>
     <w:rsid w:val="00A66289"/>
     <w:rsid w:val="00A8133B"/>
     <w:rsid w:val="00AA3A9E"/>
     <w:rsid w:val="00AC2C44"/>
     <w:rsid w:val="00B10906"/>
     <w:rsid w:val="00B13B49"/>
     <w:rsid w:val="00B20453"/>
     <w:rsid w:val="00B87D97"/>
     <w:rsid w:val="00B87EDD"/>
     <w:rsid w:val="00B960A4"/>
     <w:rsid w:val="00BB3A6A"/>
     <w:rsid w:val="00BD182F"/>
     <w:rsid w:val="00BE334D"/>
     <w:rsid w:val="00C02251"/>
     <w:rsid w:val="00C15325"/>
     <w:rsid w:val="00C1631D"/>
     <w:rsid w:val="00C429C2"/>
     <w:rsid w:val="00C557B6"/>
     <w:rsid w:val="00C55FB4"/>
     <w:rsid w:val="00C77432"/>
+    <w:rsid w:val="00CC2F24"/>
     <w:rsid w:val="00CC730A"/>
     <w:rsid w:val="00D047F5"/>
     <w:rsid w:val="00D05CAA"/>
     <w:rsid w:val="00D12405"/>
     <w:rsid w:val="00D32E1F"/>
     <w:rsid w:val="00D757F1"/>
     <w:rsid w:val="00D877FF"/>
     <w:rsid w:val="00DC468F"/>
     <w:rsid w:val="00DF2B03"/>
     <w:rsid w:val="00DF7BCE"/>
     <w:rsid w:val="00E3640A"/>
     <w:rsid w:val="00E47D46"/>
     <w:rsid w:val="00E54F03"/>
     <w:rsid w:val="00E56E51"/>
     <w:rsid w:val="00E60CFE"/>
     <w:rsid w:val="00ED592F"/>
     <w:rsid w:val="00EE545A"/>
     <w:rsid w:val="00EF6282"/>
+    <w:rsid w:val="00EF68C5"/>
     <w:rsid w:val="00F0340D"/>
     <w:rsid w:val="00F05618"/>
     <w:rsid w:val="00F20925"/>
     <w:rsid w:val="00F21F0A"/>
     <w:rsid w:val="00F364A1"/>
+    <w:rsid w:val="00F732B9"/>
     <w:rsid w:val="00F95D9C"/>
     <w:rsid w:val="00FC6CEC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -37124,53 +37192,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004081EA5D144F46478FCA039F53F0651F" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="10a8f2dece813f3281fec549fad7bfdf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="97eadeb2-cd7a-457f-ac14-0ed0556ce061" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9c363e5cb49bebd578ba44a5c71801f7" ns2:_="">
     <xsd:import namespace="97eadeb2-cd7a-457f-ac14-0ed0556ce061"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97eadeb2-cd7a-457f-ac14-0ed0556ce061" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -37268,135 +37339,132 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{371AF249-623D-4D0A-A8EE-39F46EB2C8C2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2D7525D-A100-49D6-A759-9FC7C5F6273F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{288CB1B9-961C-471E-9F0D-CB307448578A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="97eadeb2-cd7a-457f-ac14-0ed0556ce061"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2D7525D-A100-49D6-A759-9FC7C5F6273F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{371AF249-623D-4D0A-A8EE-39F46EB2C8C2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBE1AD8D-4385-491A-B620-D4174DC6DC02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>4467</Words>
-  <Characters>27496</Characters>
+  <Words>4477</Words>
+  <Characters>27634</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>229</Lines>
-  <Paragraphs>63</Paragraphs>
+  <Lines>230</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PQDx460 EOI for PE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>World Health Organization</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31900</CharactersWithSpaces>
+  <CharactersWithSpaces>32047</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="258" baseType="variant">
       <vt:variant>
         <vt:i4>6553638</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>231</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://extranet.who.int/prequal/ivd-performance-evaluation</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2490380</vt:i4>
       </vt:variant>
       <vt:variant>