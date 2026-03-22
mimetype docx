--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -1,49 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4E31D0F2" w14:textId="7C7346F1" w:rsidR="00E15853" w:rsidRDefault="00E15853">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
@@ -154,51 +155,51 @@
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FC36989" w14:textId="77777777" w:rsidR="00F62479" w:rsidRDefault="00F62479" w:rsidP="00F62479">
       <w:pPr>
         <w:pStyle w:val="msotagline"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21097E99" w14:textId="1B11BD83" w:rsidR="00F62479" w:rsidRPr="001E556A" w:rsidRDefault="00794435" w:rsidP="00761A84">
+    <w:p w14:paraId="7D57797C" w14:textId="77777777" w:rsidR="00555757" w:rsidRDefault="00794435" w:rsidP="00761A84">
       <w:pPr>
         <w:pStyle w:val="msotagline"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk214881541"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
@@ -248,129 +249,165 @@
       </w:r>
       <w:r w:rsidR="00F62479" w:rsidRPr="0024314B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
       <w:r w:rsidR="00761A84" w:rsidRPr="00E15853">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D8F49E" w14:textId="77777777" w:rsidR="00555757" w:rsidRDefault="00761A84" w:rsidP="00761A84">
+      <w:pPr>
+        <w:pStyle w:val="msotagline"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E15853">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="43B97BD5" w:rsidRPr="27189756">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">WHO’s </w:t>
       </w:r>
+      <w:r w:rsidR="00794435" w:rsidRPr="001E556A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">performance evaluation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21097E99" w14:textId="1FDC84A2" w:rsidR="00F62479" w:rsidRPr="001E556A" w:rsidRDefault="00794435" w:rsidP="00761A84">
+      <w:pPr>
+        <w:pStyle w:val="msotagline"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001E556A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">performance evaluation of </w:t>
+        <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00F62479" w:rsidRPr="001E556A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>in vitro diagnostics</w:t>
       </w:r>
       <w:r w:rsidR="004463E2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New (W1)"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> January 2026 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="15BFDB7C" w14:textId="63212A60" w:rsidR="002977DD" w:rsidRPr="008A22D2" w:rsidRDefault="002977DD" w:rsidP="00A31687"/>
     <w:p w14:paraId="3F296AE6" w14:textId="77777777" w:rsidR="003417A4" w:rsidRDefault="003417A4">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D84F3B5" w14:textId="6541F057" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="1295C3CF" w:rsidP="003C689F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -422,277 +459,339 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Regulation and Prequalification </w:t>
       </w:r>
       <w:r w:rsidR="00C114B3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">epartment, </w:t>
       </w:r>
       <w:r w:rsidR="00C114B3" w:rsidRPr="00C114B3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Health Systems, Access and Data Division</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15DB42B2" w14:textId="3A00DFE4" w:rsidR="005F092C" w:rsidRDefault="005F092C" w:rsidP="005F092C">
+    <w:p w14:paraId="3CE26FA5" w14:textId="77777777" w:rsidR="00555757" w:rsidRDefault="00555757" w:rsidP="005F092C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00035EF8">
-[...18 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="703FE2A4" w14:textId="4B91A4CA" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
+    <w:p w14:paraId="703FE2A4" w14:textId="1F47ABA1" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>© World Health Organization 2025</w:t>
+        <w:t>© World Health Organization 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00555757">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE6A6BC" w14:textId="77777777" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74976F8F" w14:textId="77777777" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Some rights reserved. This work is available under the Creative Commons Attribution-NonCommercial-ShareAlike 3.0 IGO licen</w:t>
+        <w:t>Some rights reserved. This work is available under the Creative Commons Attribution-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>NonCommercial</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ShareAlike</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.0 IGO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>licen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">e (CC BY-NC-SA 3.0 IGO; </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CC BY-NC-SA 3.0 IGO; </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="00AF1F37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://creativecommons.org/licenses/by-nc-sa/3.0/igo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF1F37">
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="709FA50D" w14:textId="77777777" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Under the terms of this licence, you may copy, redistribute and adapt the work for non-commercial purposes, provided </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Under the terms of this </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AF1F37">
-        <w:t>the work is appropriately cited, as indicated below. In any use of this work, there should be no suggestion that WHO endorses any specific organization, products or services. The use of the WHO logo is not permitted. If you adapt the work, then you must license your work under the same or equivalent Creative Commons licence. If you create a translation of this work, you should add the following disclaimer along with the suggested citation:</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, you may copy, redistribute and adapt the work for non-commercial purposes, provided </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:t xml:space="preserve">the work is appropriately cited, as indicated below. In any use of this work, there should be no suggestion that WHO endorses any specific organization, products or services. The use of the WHO logo is not permitted. If you adapt the work, then you must license your work under the same or equivalent Creative Commons </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:t>licence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:t>. If you create a translation of this work, you should add the following disclaimer along with the suggested citation:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:t xml:space="preserve">This translation was not created by the World Health Organization (WHO). WHO is not responsible for the content or accuracy of this translation. The original English edition shall be the binding and authentic edition”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378BD756" w14:textId="77777777" w:rsidR="005D48C2" w:rsidRPr="00AF1F37" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF1F37">
-        <w:t>Any mediation relating to disputes arising under the licence shall be conducted in accordance with the mediation rules of the World Intellectual Property Organization (</w:t>
+        <w:t xml:space="preserve">Any mediation relating to disputes arising under the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:t>licence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF1F37">
+        <w:t xml:space="preserve"> shall be conducted in accordance with the mediation rules of the World Intellectual Property Organization (</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00AF1F37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:lang w:bidi="ar-EG"/>
           </w:rPr>
           <w:t>http://www.wipo.int/amc/en/mediation/rules/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AF1F37">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD0E293" w14:textId="55661DBC" w:rsidR="005D48C2" w:rsidRPr="00D912A2" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
+    <w:p w14:paraId="0AD0E293" w14:textId="2DF87AE8" w:rsidR="005D48C2" w:rsidRPr="00D912A2" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Suggested citation</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004342E5" w:rsidRPr="004342E5">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Expression of interest form for WHO’s performance evaluation of in vitro diagnostics</w:t>
       </w:r>
-      <w:r w:rsidR="004463E2">
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Geneva: World Health Organization; </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF1F37">
         <w:rPr>
           <w:rFonts w:eastAsia="Helvetica"/>
           <w:iCs/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00114624">
         <w:rPr>
           <w:rFonts w:eastAsia="Helvetica"/>
           <w:iCs/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00555757">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Helvetica"/>
+          <w:iCs/>
+          <w:lang w:val="es-ES" w:bidi="es-ES"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A92303">
         <w:rPr>
           <w:rFonts w:eastAsia="Helvetica"/>
           <w:iCs/>
           <w:lang w:val="es-ES" w:bidi="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PQDx_460)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="32BA4FF5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Licence: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="32BA4FF5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Licence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="32BA4FF5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="32BA4FF5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CC BY-NC-SA 3.0 IGO</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="32BA4FF5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A90DD33" w14:textId="77777777" w:rsidR="005D48C2" w:rsidRPr="00505981" w:rsidRDefault="005D48C2" w:rsidP="005D48C2">
       <w:r w:rsidRPr="00D912A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Cataloguing-in-Publication (CIP) data.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D912A2">
@@ -4287,195 +4386,195 @@
     <w:p w14:paraId="000177C3" w14:textId="3B268CCD" w:rsidR="00302DF5" w:rsidRDefault="0082344D" w:rsidP="00FC1D5E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="390"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40338758" w14:textId="77777777" w:rsidR="00A31687" w:rsidRDefault="00A31687" w:rsidP="000600E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:sectPr w:rsidR="00A31687" w:rsidSect="00132EF3">
-          <w:footerReference w:type="first" r:id="rId24"/>
+          <w:footerReference w:type="default" r:id="rId24"/>
+          <w:footerReference w:type="first" r:id="rId25"/>
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:fmt="lowerRoman" w:start="3"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc494200443"/>
       <w:bookmarkStart w:id="3" w:name="_Toc114833139"/>
       <w:bookmarkStart w:id="4" w:name="_Toc114833284"/>
       <w:bookmarkStart w:id="5" w:name="_Toc114833336"/>
       <w:bookmarkStart w:id="6" w:name="_Toc114833388"/>
       <w:bookmarkStart w:id="7" w:name="_Toc114833510"/>
       <w:bookmarkStart w:id="8" w:name="_Toc114833623"/>
     </w:p>
     <w:p w14:paraId="0953D348" w14:textId="7678A6DE" w:rsidR="004206CA" w:rsidRDefault="00B55CA8" w:rsidP="00B55CA8">
       <w:pPr>
         <w:pStyle w:val="DLTHeading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc214527865"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
       <w:r w:rsidR="003B1456">
         <w:t>How to complete this form</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="452E0F11" w14:textId="2F35F4A6" w:rsidR="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
       <w:pPr>
         <w:pStyle w:val="DLTParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Expressions of Interest for WHO’s performance evaluation of an in vitro diagnostic (IVD) medical device must be submitted only by the legal manufacturer of the product in question. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1304D7BE" w14:textId="5C22457E" w:rsidR="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
       <w:pPr>
         <w:pStyle w:val="DLTParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To express an interest for an IVD to undergo WHO’s performance evaluation assessment, the legal manufacturer of the product (hereinafter referred to as “you” or the “manufacturer”) is required to complete and submit to WHO an Expression of Interest using the form set forth in this document and must also provide WHO with all supporting documents and information requested and/or required by WHO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BD56253" w14:textId="0D1C8C64" w:rsidR="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
       <w:pPr>
         <w:pStyle w:val="DLTParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To complete this form, please refer to document PQDx_461 entitled “Instructions for completion of Expression of interest form </w:t>
       </w:r>
       <w:r w:rsidR="00302DF5">
         <w:t>for WHO’s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> performance evaluation of in vitro diagnostics”, and document PQDx_459 “Eligibility criteria for WHO’s performance evaluation” (which are available on WHO’s website at the following location </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="001331CA" w:rsidRPr="00BC497B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://extranet.who.int/prequal/ivd-performance-evaluation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C47959">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0429DCE1" w14:textId="6FE3F4C1" w:rsidR="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
       <w:pPr>
         <w:pStyle w:val="DLTParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>For each field contained in this EOI Form, please type the relevant text or tick boxes (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">), as required. Where information is not available or the field is not applicable, type N/A.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D18B89" w14:textId="18CB4229" w:rsidR="003B1456" w:rsidRPr="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
+    <w:p w14:paraId="51D18B89" w14:textId="41B2EDA3" w:rsidR="003B1456" w:rsidRPr="003B1456" w:rsidRDefault="003B1456" w:rsidP="003B1456">
       <w:pPr>
         <w:pStyle w:val="DLTParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The manufacturer is required to submit the completed EOI form </w:t>
       </w:r>
       <w:r w:rsidR="00E02013">
         <w:t xml:space="preserve">and the required attachments </w:t>
       </w:r>
       <w:r w:rsidR="00E02013" w:rsidRPr="004F37CA">
         <w:t xml:space="preserve">electronically to </w:t>
       </w:r>
       <w:r w:rsidR="00E02013" w:rsidRPr="00EE73B9">
         <w:t xml:space="preserve">the ePQS portal: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00E02013" w:rsidRPr="00F44D07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://extranet.who.int/prequal/epqs-portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. All documents must be submitted as searchable PDF files. Please ensure that all attachments requested or required hereunder are provided together with this EOI form, at the time of its submission.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7AB6B9" w14:textId="16E5CF71" w:rsidR="00D34A47" w:rsidRPr="00C52B24" w:rsidRDefault="00D34A47" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc214527866"/>
       <w:r w:rsidRPr="00C52B24">
         <w:t>Manufacturer Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
@@ -5317,51 +5416,50 @@
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22DDFB1E" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="008A22D2" w:rsidRDefault="002977DD" w:rsidP="00A31687"/>
     <w:p w14:paraId="38F76439" w14:textId="49E018D9" w:rsidR="002977DD" w:rsidRPr="008A22D2" w:rsidRDefault="0A2655AC" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc494200445"/>
       <w:bookmarkStart w:id="26" w:name="_Toc114833147"/>
       <w:bookmarkStart w:id="27" w:name="_Toc114833286"/>
       <w:bookmarkStart w:id="28" w:name="_Toc114833338"/>
       <w:bookmarkStart w:id="29" w:name="_Toc114833390"/>
       <w:bookmarkStart w:id="30" w:name="_Toc114833512"/>
       <w:bookmarkStart w:id="31" w:name="_Toc114833625"/>
       <w:bookmarkStart w:id="32" w:name="_Toc214527868"/>
       <w:r w:rsidRPr="008107BC">
-        <w:lastRenderedPageBreak/>
         <w:t>Authorized</w:t>
       </w:r>
       <w:r w:rsidRPr="008A22D2">
         <w:t xml:space="preserve"> contacts for the manufacturer</w:t>
       </w:r>
       <w:r w:rsidR="002977DD" w:rsidRPr="008A22D2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
@@ -6971,51 +7069,50 @@
         <w:sectPr w:rsidR="006B27A0" w:rsidSect="00EE1F2E">
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc494200446"/>
       <w:bookmarkStart w:id="41" w:name="_Toc114833155"/>
       <w:bookmarkStart w:id="42" w:name="_Toc114833287"/>
       <w:bookmarkStart w:id="43" w:name="_Toc114833339"/>
       <w:bookmarkStart w:id="44" w:name="_Toc114833391"/>
       <w:bookmarkStart w:id="45" w:name="_Toc114833513"/>
       <w:bookmarkStart w:id="46" w:name="_Toc114833626"/>
     </w:p>
     <w:p w14:paraId="15042BF7" w14:textId="36B99AAE" w:rsidR="002977DD" w:rsidRPr="008A22D2" w:rsidRDefault="002977DD" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Toc214527869"/>
       <w:r w:rsidRPr="008A22D2">
-        <w:lastRenderedPageBreak/>
         <w:t>Product - Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="5C176963" w14:textId="7949571D" w:rsidR="005E41A1" w:rsidRPr="005E41A1" w:rsidRDefault="002977DD" w:rsidP="005E41A1">
       <w:pPr>
         <w:pStyle w:val="DLTHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Toc214527870"/>
       <w:bookmarkStart w:id="49" w:name="_Toc494200447"/>
       <w:bookmarkStart w:id="50" w:name="_Toc114833156"/>
       <w:bookmarkStart w:id="51" w:name="_Toc114833288"/>
       <w:bookmarkStart w:id="52" w:name="_Toc114833340"/>
       <w:bookmarkStart w:id="53" w:name="_Toc114833392"/>
       <w:bookmarkStart w:id="54" w:name="_Toc114833514"/>
       <w:bookmarkStart w:id="55" w:name="_Toc114833627"/>
       <w:r w:rsidRPr="008107BC">
         <w:t>Product</w:t>
@@ -7374,81 +7471,81 @@
               <w:t>include</w:t>
             </w:r>
             <w:r w:rsidRPr="001C4461">
               <w:t xml:space="preserve"> volume)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B8F796B" w14:textId="77777777" w:rsidR="00A3274F" w:rsidRPr="00FE7C53" w:rsidRDefault="00A3274F" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="1E1D719B" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069ACB00" w14:textId="23921638" w:rsidR="00E335DC" w:rsidRPr="00E335DC" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="069ACB00" w14:textId="23921638" w:rsidR="00E335DC" w:rsidRPr="00E335DC" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1174715742"/>
                 <w:placeholder>
                   <w:docPart w:val="66D0A10D35A84C83B30C4BE32AB8B7D5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="1D41C260" w:rsidRPr="6411BD99">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6A7BFD" w14:textId="29A9EA1E" w:rsidR="00E335DC" w:rsidRPr="00FE7C53" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="7B6A7BFD" w14:textId="29A9EA1E" w:rsidR="00E335DC" w:rsidRPr="00FE7C53" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1337295647"/>
                 <w:placeholder>
                   <w:docPart w:val="873BAA3AEAE7461DB3CEF7951DF59E32"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="1D41C260" w:rsidRPr="6411BD99">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7471,118 +7568,118 @@
                   <w:pStyle w:val="DLTParagraph"/>
                   <w:rPr>
                     <w:b/>
                     <w:i/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="007646F1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="1F2C438F" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9C1C0D" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="6A9C1C0D" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="519903227"/>
                 <w:placeholder>
                   <w:docPart w:val="EFAA27EDDFAF44099A873419A85F31B2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C94987" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="01ED0946" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="01ED0946" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-250821670"/>
                 <w:placeholder>
                   <w:docPart w:val="F647684DA94F447BA416F259235492DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C94987" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D898124" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="7D898124" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="599758610"/>
                 <w:placeholder>
                   <w:docPart w:val="705D3B9A55D847658C5B7A6A2E4964C7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C94987" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
@@ -7663,112 +7760,112 @@
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40F25">
               <w:t xml:space="preserve">Reagent box size (number of tests per </w:t>
             </w:r>
             <w:r w:rsidR="00CE4820">
               <w:t>box</w:t>
             </w:r>
             <w:r w:rsidRPr="00D40F25">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="45E5C163" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD329BB" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="3CD329BB" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="754707989"/>
                 <w:placeholder>
                   <w:docPart w:val="BDA527C3E4DB4742A1E50B494AAF7F25"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF4AF7F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="0BF4AF7F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2004926844"/>
                 <w:placeholder>
                   <w:docPart w:val="6F7DB27426274BA19A346FB2FC88EF1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="44FD5655" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="44FD5655" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="008A22D2" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="224651099"/>
                 <w:placeholder>
                   <w:docPart w:val="EF89B68EC17C40AD9A0AC1445332E044"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -7904,112 +8001,112 @@
           <w:p w14:paraId="72446AB5" w14:textId="2E0C8C82" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00D91550" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D40F25">
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="00B75BDB">
               <w:t xml:space="preserve"> relevant information </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D91550" w:rsidRPr="008A22D2" w14:paraId="2172054B" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2A8A47" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="3A2A8A47" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-707099601"/>
                 <w:placeholder>
                   <w:docPart w:val="996106AD97924DC3B3E1068654428779"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D07882F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="0D07882F" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-496728804"/>
                 <w:placeholder>
                   <w:docPart w:val="54984B4E7E744552BCC90DB5B3DE5165"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="75002400" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00B55199">
+          <w:p w14:paraId="75002400" w14:textId="77777777" w:rsidR="00D91550" w:rsidRPr="00D40F25" w:rsidRDefault="00E63A04" w:rsidP="00B55199">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="939489570"/>
                 <w:placeholder>
                   <w:docPart w:val="EECFFE2A3F664D9DBE4C4E495161C5AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00017775" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -8053,51 +8150,51 @@
       <w:bookmarkEnd w:id="58"/>
       <w:tr w:rsidR="00E95214" w:rsidRPr="008A22D2" w14:paraId="76597B03" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6465" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="052FDE8A" w14:textId="5D8D33FF" w:rsidR="00E95214" w:rsidRPr="00E95214" w:rsidRDefault="00E95214" w:rsidP="00E95214">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00E95214">
               <w:tab/>
               <w:t>Indicate the date of product’s final design lock down</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3164" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="187908F6" w14:textId="29E4210D" w:rsidR="00E95214" w:rsidRPr="00D40F25" w:rsidRDefault="006617FA" w:rsidP="00E95214">
+          <w:p w14:paraId="187908F6" w14:textId="29E4210D" w:rsidR="00E95214" w:rsidRPr="00D40F25" w:rsidRDefault="00E63A04" w:rsidP="00E95214">
             <w:pPr>
               <w:pStyle w:val="DLTParagraph"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-652222500"/>
                 <w:placeholder>
                   <w:docPart w:val="B3643D16F4054930B3626238CAA65ECF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E95214" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
@@ -8199,51 +8296,51 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="68" w:name="_Toc114833163"/>
             <w:r w:rsidR="002977DD" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve">Instructions-for-use </w:t>
             </w:r>
             <w:r w:rsidR="00656D23">
               <w:t xml:space="preserve">(IFU) </w:t>
             </w:r>
             <w:r w:rsidR="002977DD" w:rsidRPr="00050B6F">
               <w:t>version number</w:t>
             </w:r>
             <w:r w:rsidR="00E26817">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00656D23">
               <w:t>(if different IFUs are provided with different kit sizes, please include each, and identify which product code applies to which IFU)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="68"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="792360BF" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="792360BF" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="510346902"/>
                 <w:placeholder>
                   <w:docPart w:val="A10CFC6D9A4247469794AA105486D33B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004D76CF" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8278,51 +8375,51 @@
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t>anual</w:t>
             </w:r>
             <w:r w:rsidR="00DC12C0" w:rsidRPr="00050B6F">
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00047F80" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve">version number </w:t>
             </w:r>
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t>for dedicated instrumentation</w:t>
             </w:r>
             <w:bookmarkEnd w:id="69"/>
             <w:r w:rsidR="00A3298C" w:rsidRPr="00050B6F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="79DC8362" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="79DC8362" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00050B6F" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="2124335688"/>
                 <w:placeholder>
                   <w:docPart w:val="4B1BD3B365A847D88AA341E96B09C97B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004D76CF" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8367,51 +8464,50 @@
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="6CCEF8D3" w14:textId="77777777" w:rsidR="004C406D" w:rsidRPr="008A22D2" w:rsidRDefault="004C406D" w:rsidP="000A7D3C">
       <w:pPr>
         <w:pStyle w:val="DLTHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="101" w:name="_Toc114833165"/>
       <w:bookmarkStart w:id="102" w:name="_Toc114833290"/>
       <w:bookmarkStart w:id="103" w:name="_Toc114833342"/>
       <w:bookmarkStart w:id="104" w:name="_Toc114833394"/>
       <w:bookmarkStart w:id="105" w:name="_Toc114833516"/>
       <w:bookmarkStart w:id="106" w:name="_Toc114833629"/>
       <w:bookmarkStart w:id="107" w:name="_Toc214527872"/>
       <w:r w:rsidRPr="008A22D2">
-        <w:lastRenderedPageBreak/>
         <w:t>Transport, storage and operating temperatures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:r w:rsidRPr="008A22D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -8539,167 +8635,167 @@
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
           </w:tcPr>
           <w:p w14:paraId="0A0CC0D5" w14:textId="5BA97C4D" w:rsidR="00FD711A" w:rsidRDefault="00FD711A" w:rsidP="00B74C49">
             <w:r w:rsidRPr="0011285C">
               <w:t xml:space="preserve">Shelf-life upon manufacture </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="264E5B8F" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="0011285C" w:rsidRDefault="00FD711A" w:rsidP="00B74C49">
             <w:r w:rsidRPr="0011285C">
               <w:t xml:space="preserve">(months) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B65381" w:rsidRPr="00C9192A" w14:paraId="1906C78B" w14:textId="77777777" w:rsidTr="003C689F">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB4D842" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="1BB4D842" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1291118086"/>
                 <w:placeholder>
                   <w:docPart w:val="4E31CF0C0B194902A0BD6855D061A57A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="955" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03D919DF" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="03D919DF" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="755092832"/>
                 <w:placeholder>
                   <w:docPart w:val="10E66CF49889459BA9589100D138D9BC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC234D6" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="3AC234D6" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-321819932"/>
                 <w:placeholder>
                   <w:docPart w:val="E6F734ECEAB84BCD94E8251378A21975"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1030" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4771D1C1" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="4771D1C1" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-999028949"/>
                 <w:placeholder>
                   <w:docPart w:val="20AC4B6FB01545D38BFDF3A74B920A20"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="807" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7488B50C" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7488B50C" w14:textId="77777777" w:rsidR="00FD711A" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1843383487"/>
                 <w:placeholder>
                   <w:docPart w:val="ED260AA70E8F46A2942E112A0B861634"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FD711A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8828,51 +8924,51 @@
             </w:r>
             <w:bookmarkStart w:id="109" w:name="_Toc114833167"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Describe any </w:t>
             </w:r>
             <w:r w:rsidR="007D67BF">
               <w:t>additional</w:t>
             </w:r>
             <w:r w:rsidR="007D67BF" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>storage conditions applicable to th</w:t>
             </w:r>
             <w:r w:rsidR="007D67BF">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> product</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
             <w:bookmarkEnd w:id="109"/>
           </w:p>
-          <w:p w14:paraId="6048B769" w14:textId="77777777" w:rsidR="004C406D" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="6048B769" w14:textId="77777777" w:rsidR="004C406D" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-2062553089"/>
                 <w:placeholder>
                   <w:docPart w:val="0AEA06D7B99643048A21B68370FAC245"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004C406D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8953,645 +9049,645 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="118" w:name="_Toc114833170"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Select the specimen type(s) to be used with t</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>e product</w:t>
             </w:r>
             <w:bookmarkStart w:id="119" w:name="_Toc494200451"/>
             <w:bookmarkEnd w:id="118"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="664CFC77" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D763F19" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="2D763F19" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1094593030"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Serum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5F7D0C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="2C5F7D0C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-724379237"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Plasma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="3C110CE8" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="327E4988" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="327E4988" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1533807670"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Venous whole blood</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31D7BA41" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="31D7BA41" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1434863926"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Capillary whole blood</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="1CEE4D9D" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7528EA15" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7528EA15" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1178572161"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Dried blood spot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA9249C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="3DA9249C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-397591269"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>oncentrated sputum sediments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="469059CD" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D244ACF" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7D244ACF" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1853145490"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>aw sputum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7456F20A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7456F20A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1430857958"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>erebrospinal fluid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="798BDB46" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD1E42B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="2AD1E42B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1443994078"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>ronchial alveolar lavage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="512AFF2A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="512AFF2A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="909974955"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>ymph node aspirate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="4F2C9FBD" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="056817A6" w14:textId="4620D000" w:rsidR="00671E8B" w:rsidRPr="007D6B57" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="056817A6" w14:textId="4620D000" w:rsidR="00671E8B" w:rsidRPr="007D6B57" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1938099394"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="007D6B57">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="007D6B57">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007D6B57" w:rsidRPr="007D6B57">
               <w:t>Oral fluid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="056001AB" w14:textId="50D0C9F7" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="056001AB" w14:textId="50D0C9F7" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="364417770"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="000629C3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="000629C3">
               <w:tab/>
               <w:t>Urine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B07FD2" w:rsidRPr="00C9192A" w14:paraId="02654663" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5991A98F" w14:textId="748CEE87" w:rsidR="00B07FD2" w:rsidRDefault="006617FA" w:rsidP="00B07FD2">
+          <w:p w14:paraId="5991A98F" w14:textId="748CEE87" w:rsidR="00B07FD2" w:rsidRDefault="00E63A04" w:rsidP="00B07FD2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="751937226"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07FD2" w:rsidRPr="007D6B57">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B07FD2" w:rsidRPr="007D6B57">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B07FD2">
               <w:t>Sputum swab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4422B422" w14:textId="05527643" w:rsidR="00B07FD2" w:rsidRDefault="006617FA" w:rsidP="00B07FD2">
+          <w:p w14:paraId="4422B422" w14:textId="05527643" w:rsidR="00B07FD2" w:rsidRDefault="00E63A04" w:rsidP="00B07FD2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-310946994"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07FD2" w:rsidRPr="000629C3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:b/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B07FD2" w:rsidRPr="000629C3">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00B07FD2">
               <w:t>Tongue swab</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B07FD2" w:rsidRPr="00C9192A" w14:paraId="200CB8F8" w14:textId="77777777" w:rsidTr="2BE71181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5190189A" w14:textId="6FFEC68B" w:rsidR="00B07FD2" w:rsidRPr="00AA1312" w:rsidRDefault="006617FA" w:rsidP="00B07FD2">
+          <w:p w14:paraId="5190189A" w14:textId="6FFEC68B" w:rsidR="00B07FD2" w:rsidRPr="00AA1312" w:rsidRDefault="00E63A04" w:rsidP="00B07FD2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="2128247099"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 </w:rPr>
@@ -9698,135 +9794,135 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="127" w:name="_Toc114833172"/>
             <w:r w:rsidRPr="00225397">
               <w:t xml:space="preserve">Select HIV </w:t>
             </w:r>
             <w:r>
               <w:t>sub-</w:t>
             </w:r>
             <w:r w:rsidRPr="00225397">
               <w:t>type</w:t>
             </w:r>
             <w:bookmarkEnd w:id="127"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="399CA5E5" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55D1A775" w14:textId="04B474CB" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="55D1A775" w14:textId="04B474CB" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1476638541"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>HIV-1</w:t>
             </w:r>
             <w:r w:rsidR="00AD6A85">
               <w:t xml:space="preserve"> only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4758" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="671206D2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="671206D2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-745811103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>HIV-1/2 combined detection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="5FC66A70" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4995027B" w14:textId="43CB960A" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="4995027B" w14:textId="43CB960A" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-63567971"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -9894,231 +9990,231 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
           </w:tcPr>
           <w:p w14:paraId="59EE329D" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00E26817" w:rsidRDefault="00671E8B" w:rsidP="00B74C49">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00E26817">
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="128" w:name="_Toc114833173"/>
             <w:r w:rsidRPr="00E26817">
               <w:t>Select HIV analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="128"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="36F09B49" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2235A951" w14:textId="11743156" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="2235A951" w14:textId="11743156" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="718243983"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Antibody</w:t>
             </w:r>
             <w:r w:rsidR="00A35EC1">
               <w:t xml:space="preserve"> only</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4758" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAD505A" w14:textId="53A71A63" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7FAD505A" w14:textId="53A71A63" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-617989525"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Antigen</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00A35EC1">
               <w:t>only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="28083CEA" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47820C79" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="47820C79" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1890487896"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Ab/Ag combined detection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4758" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63254656" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="63254656" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-307173090"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:tab/>
               <w:t>Ab/Ag discriminatory detection</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00225397" w14:paraId="0F400B46" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F15B785" w14:textId="38954CD3" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="5F15B785" w14:textId="38954CD3" w:rsidR="00671E8B" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1717776595"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -10206,95 +10302,95 @@
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="137" w:name="_Toc114833175"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Select malaria species</w:t>
             </w:r>
             <w:bookmarkEnd w:id="137"/>
             <w:r w:rsidR="003679E7">
               <w:t xml:space="preserve"> (tick all that apply)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="5B6EE791" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1216A4EA" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="1216A4EA" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-852112240"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="2DFE6F20" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="2DFE6F20" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. falciparum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09C165E6" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="09C165E6" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-384717294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -10304,182 +10400,182 @@
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. vivax</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="71BE06FB" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48B69CA9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="48B69CA9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1907757388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. ovale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20A4EA52" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="20A4EA52" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00CE4348" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1918397713"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>P. malariae</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="67137CAF" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="221EB80E" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="221EB80E" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1212813817"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00CE4348">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">P. knowlesi </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F87C815" w14:textId="313A885B" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="0F87C815" w14:textId="313A885B" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1549186868"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -10521,89 +10617,89 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="138" w:name="_Toc114833176"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r w:rsidRPr="009D3F96">
               <w:t>malaria</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="138"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D3F96" w:rsidRPr="00C9192A" w14:paraId="3919976B" w14:textId="77777777" w:rsidTr="00D72E0E">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01165D51" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="01165D51" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1968493220"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009D3F96" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>HRP2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739AD6D4" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="739AD6D4" w14:textId="77777777" w:rsidR="009D3F96" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="125822720"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -10635,81 +10731,81 @@
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="52B3CBE1" w14:textId="77777777" w:rsidTr="00D72E0E">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25D2B638" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="25D2B638" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1886946658"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00390132">
               <w:tab/>
               <w:t>Aldolase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA54DB9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="1FA54DB9" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1728954379"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00390132">
               <w:tab/>
               <w:t>Multiple/other:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23A381B5" w14:textId="7DF155E7" w:rsidR="00671E8B" w:rsidRPr="00390132" w:rsidRDefault="009D3F96" w:rsidP="00B74C49">
@@ -10767,98 +10863,98 @@
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="139" w:name="_Toc114833177"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r>
               <w:t>type of detection</w:t>
             </w:r>
             <w:bookmarkEnd w:id="139"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D3F96" w:rsidRPr="00C9192A" w14:paraId="3A1F2701" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="126"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AFE5F93" w14:textId="20A019B6" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="1AFE5F93" w14:textId="20A019B6" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1511338636"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009D3F96" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009D3F96">
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="009D3F96" w:rsidRPr="009D3DFD">
               <w:t xml:space="preserve">ne </w:t>
             </w:r>
             <w:r w:rsidR="00806F3F">
               <w:t xml:space="preserve">test </w:t>
             </w:r>
             <w:r w:rsidR="009D3F96" w:rsidRPr="009D3DFD">
               <w:t xml:space="preserve">line </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A1E01B" w14:textId="5A281C12" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="01A1E01B" w14:textId="5A281C12" w:rsidR="009D3F96" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1024361372"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009D3F96">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -10943,194 +11039,194 @@
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="148" w:name="_Toc114833179"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Select hepatitis C (HCV) analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="148"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="0AAF6DBE" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11BF2894" w14:textId="35C1EF71" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="11BF2894" w14:textId="35C1EF71" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="93600616"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Antibody</w:t>
             </w:r>
             <w:r w:rsidR="00514E6F">
               <w:t xml:space="preserve"> only</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8461F9" w14:textId="60197B36" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="6D8461F9" w14:textId="60197B36" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1105348104"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Antigen</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00514E6F">
               <w:t>only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="51DAFB6A" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0711D53D" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="0711D53D" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1944991530"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> combination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="522E3603" w14:textId="3110A980" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="522E3603" w14:textId="3110A980" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="652030122"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B" w:rsidDel="003E2234">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00050B6F" w:rsidDel="003E2234">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidDel="003E2234">
               <w:t xml:space="preserve">Nucleic acid </w:t>
             </w:r>
@@ -11160,51 +11256,51 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="149" w:name="_Toc114833180"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select hepatitis </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">B </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>(HBV) analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="149"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="3D33BAC2" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16BCAEDC" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="16BCAEDC" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-434451370"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -11288,98 +11384,98 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="157" w:name="_Toc114833187"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">syphilis </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>analyte</w:t>
             </w:r>
             <w:bookmarkStart w:id="158" w:name="_Hlk112666981"/>
             <w:bookmarkEnd w:id="157"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="731D98DD" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6309C18B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="6309C18B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="587506073"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t xml:space="preserve">Antibodies to </w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="007C2925">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>T. pallidum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0852E87C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="007C2925" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="0852E87C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="007C2925" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-900215516"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -11474,184 +11570,184 @@
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="166" w:name="_Toc114833189"/>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">TB </w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>analyte</w:t>
             </w:r>
             <w:bookmarkEnd w:id="166"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="0C9EC63A" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6833CA2C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="6833CA2C" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00EE70C5" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-282733138"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>DNA of MTB or MTBC species</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25DFE73B" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00671E8B" w:rsidP="00B74C49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19B695D5" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="19B695D5" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="222191638"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00EE70C5">
               <w:t>DNA of MTBC species and detection of MTBC genomic changes associated with resistance to one or more anti-TB drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00470DBE" w:rsidRPr="00C9192A" w14:paraId="1901B41E" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4933" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42275B3D" w14:textId="77777777" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00470DBE">
+          <w:p w14:paraId="42275B3D" w14:textId="77777777" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00470DBE">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1335843644"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00470DBE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00470DBE" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00470DBE" w:rsidRPr="00EE70C5">
               <w:t>MTBC genomic changes associated with resistance to one or more anti-TB drugs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE40787" w14:textId="285021EF" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00470DBE">
+          <w:p w14:paraId="7AE40787" w14:textId="285021EF" w:rsidR="00470DBE" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00470DBE">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1775522328"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00470DBE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -11743,376 +11839,383 @@
             </w:r>
             <w:bookmarkEnd w:id="176"/>
             <w:r w:rsidR="54E55FFB">
               <w:t>format for</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> serology</w:t>
             </w:r>
             <w:r w:rsidR="00F6127F">
               <w:t>, antigen</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and nucleic acid testing technologies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="04101E37" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AEDD26A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7AEDD26A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1724287754"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Immunochromatographic (lateral flow</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10AE26B8" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="10AE26B8" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-400758568"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
-              <w:t>Immunofiltration (flow through)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
+              <w:t>Immunofiltration</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
+              <w:t xml:space="preserve"> (flow through)</w:t>
             </w:r>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="454D0C0B" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7963CE63" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7963CE63" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1485432302"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Agglutination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04F1A4D4" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="04F1A4D4" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1123651083"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t xml:space="preserve">EIA (Enzyme immunoassay) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="028108D9" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D3D039" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="37D3D039" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1686351931"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Recombinant immunoblot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E7E675" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="53E7E675" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="681242721"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Western blot</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="0D7936A1" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3D275A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="2B3D275A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1414821181"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Antigen neutralization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="641B7C37" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="641B7C37" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1802262717"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -12120,51 +12223,51 @@
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
               <w:t>Immunofluorescence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="709734C2" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E31807F" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7E31807F" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-2030405717"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -12205,163 +12308,163 @@
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="50D41483" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="73CFEFEF" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00671E8B" w:rsidP="00B74C49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B348E9A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="0B348E9A" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1894651749"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>Nucleic acid test (qualitative)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A4F5746" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7A4F5746" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1760565493"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>Nucleic acid test (quantitative)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00671E8B" w:rsidRPr="00C9192A" w14:paraId="4DB10BC3" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:trHeight w:val="210"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7323B7A2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="7323B7A2" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="397861131"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00671E8B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00671E8B" w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00671E8B">
               <w:t>Reverse hybridization/line probe assay</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C48BE15" w14:textId="1E611347" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="3C48BE15" w14:textId="1E611347" w:rsidR="00671E8B" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1081865512"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC0906">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -12384,51 +12487,50 @@
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FC0906" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FC0906" w:rsidDel="002F12C7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2D995879" w14:textId="77777777" w:rsidR="00671E8B" w:rsidRPr="008A22D2" w:rsidRDefault="00671E8B" w:rsidP="00671E8B">
       <w:pPr>
         <w:pStyle w:val="DLTHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="177" w:name="_Toc214527881"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="008A22D2">
         <w:t>ther disease categor</w:t>
       </w:r>
       <w:r>
         <w:t>ies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="177"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9752" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -12915,51 +13017,51 @@
               <w:t>How long does it take t</w:t>
             </w:r>
             <w:r w:rsidR="00F24463" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">o obtain a test result </w:t>
             </w:r>
             <w:r w:rsidR="00126419">
               <w:t xml:space="preserve">(time required from specimen collection to </w:t>
             </w:r>
             <w:r w:rsidR="00FE7C53">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00126419">
               <w:t>final result being read</w:t>
             </w:r>
             <w:r w:rsidR="002977DD" w:rsidRPr="00C9192A">
               <w:t>)?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="198"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3239" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A14166E" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
+          <w:p w14:paraId="2A14166E" w14:textId="77777777" w:rsidR="002977DD" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="001A2352">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1185898660"/>
                 <w:placeholder>
                   <w:docPart w:val="027B7370DA7940A8BB4CC9583320C27D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002619E5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -12982,89 +13084,89 @@
           </w:tcPr>
           <w:p w14:paraId="16AB7A33" w14:textId="0A7EB76B" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="00C9192A" w:rsidP="00C75CE3">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00C9192A">
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="199" w:name="_Toc114833205"/>
             <w:r w:rsidR="009B6D5E" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve">State the minimum and </w:t>
             </w:r>
             <w:r w:rsidR="008A22D2" w:rsidRPr="00C9192A">
               <w:t>maximum</w:t>
             </w:r>
             <w:r w:rsidR="009B6D5E" w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> number of specimens (excluding controls) that can be tested in a single run</w:t>
             </w:r>
             <w:bookmarkEnd w:id="199"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1827" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7BBD7C" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
+          <w:p w14:paraId="4B7BBD7C" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="001A2352">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-461493098"/>
                 <w:placeholder>
                   <w:docPart w:val="13E3A27358074DC39A9E31A94C9FBCDC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002619E5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C4132">
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="008A22D2" w:rsidRPr="00C9192A">
               <w:t>inimum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65211869" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
+          <w:p w14:paraId="65211869" w14:textId="77777777" w:rsidR="009B6D5E" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="001A2352">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="383609251"/>
                 <w:placeholder>
                   <w:docPart w:val="1955528FB4B5480E80CFA876A7FDFFC8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002619E5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -13127,51 +13229,51 @@
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6385561E" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00055346" w:rsidP="00C75CE3">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Indicate the approximate c</w:t>
             </w:r>
             <w:r w:rsidR="009E7FE1" w:rsidRPr="00C9192A">
               <w:t>ost per Test (reagent)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D45ADBE" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
+          <w:p w14:paraId="0D45ADBE" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="001A2352">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="592207277"/>
                 <w:placeholder>
                   <w:docPart w:val="4D782E1612534113BCD4667C752AF143"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -13193,51 +13295,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08356CB5" w14:textId="47DA265A" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00055346" w:rsidP="00C75CE3">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Indicate the approximate i</w:t>
             </w:r>
             <w:r w:rsidR="009E7FE1" w:rsidRPr="00C9192A">
               <w:t>nstrument(s)</w:t>
             </w:r>
             <w:r w:rsidR="00570FBA">
               <w:t xml:space="preserve"> cost, if applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0498038B" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="001A2352">
+          <w:p w14:paraId="0498038B" w14:textId="77777777" w:rsidR="009E7FE1" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="001A2352">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="895008683"/>
                 <w:placeholder>
                   <w:docPart w:val="83839C1C3E4D4EDF993EB334EBB0582B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002619E5" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
@@ -13898,97 +14000,96 @@
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3999" w:rsidRPr="00C9192A" w14:paraId="4538ABD7" w14:textId="77777777" w:rsidTr="6411BD99">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="pct"/>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F56EDDA" w14:textId="77777777" w:rsidR="00EF3999" w:rsidRPr="00C9192A" w:rsidRDefault="00EF3999" w:rsidP="00C75CE3">
             <w:r w:rsidRPr="00C9192A">
               <w:t>Other relevant performance characteristics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3156" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="14EF8E74" w14:textId="77777777" w:rsidR="00EF3999" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="14EF8E74" w14:textId="77777777" w:rsidR="00EF3999" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1026217006"/>
                 <w:placeholder>
                   <w:docPart w:val="618FF31A5F65471BBDDEDB44973D3E58"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EF3999" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1733363D" w14:textId="53AFA0D8" w:rsidR="00B63137" w:rsidRPr="008A22D2" w:rsidRDefault="00B63137" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="225" w:name="_Toc494200467"/>
       <w:bookmarkStart w:id="226" w:name="_Toc114833213"/>
       <w:bookmarkStart w:id="227" w:name="_Toc114833310"/>
       <w:bookmarkStart w:id="228" w:name="_Toc114833362"/>
       <w:bookmarkStart w:id="229" w:name="_Toc114833414"/>
       <w:bookmarkStart w:id="230" w:name="_Toc114833536"/>
       <w:bookmarkStart w:id="231" w:name="_Toc114833649"/>
       <w:bookmarkStart w:id="232" w:name="_Toc214527888"/>
       <w:r w:rsidRPr="008A22D2">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Specifications for </w:t>
       </w:r>
       <w:bookmarkEnd w:id="225"/>
       <w:r w:rsidR="004A052D" w:rsidRPr="00E26817">
         <w:t>nucleic</w:t>
       </w:r>
       <w:r w:rsidR="004A052D">
         <w:t xml:space="preserve"> acid tests</w:t>
       </w:r>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
@@ -14420,51 +14521,51 @@
                 <w:iCs/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="091A37A8" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73FF710F" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r w:rsidRPr="00C9192A">
               <w:t>Precision (CV%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A152ADD" w14:textId="415ACCBF" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
+          <w:p w14:paraId="2A152ADD" w14:textId="415ACCBF" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="2008485665"/>
                 <w:placeholder>
                   <w:docPart w:val="2902A879E1EB4F76BF587C7BC8FAC85D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00570FBA" w:rsidRPr="002619E5">
               <w:rPr>
                 <w:b/>
@@ -14484,51 +14585,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="1564DFA6" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DD5D390" w14:textId="71013B6E" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r w:rsidRPr="00C9192A">
               <w:t>Bias (%)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> for quantitative assays </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CA30788" w14:textId="3AC295E7" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
+          <w:p w14:paraId="7CA30788" w14:textId="3AC295E7" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1722351528"/>
                 <w:placeholder>
                   <w:docPart w:val="D624D347EBA74D28ACE41C1D1CBD6F52"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00570FBA" w:rsidRPr="002619E5">
               <w:rPr>
                 <w:b/>
@@ -14551,101 +14652,101 @@
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="405353A0" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59E4A4DE" w14:textId="51DEB9EB" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r>
               <w:t>Analytical sensitivity (</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t>Limit of detection (LOD)</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="108E5B5A" w14:textId="686B4991" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
+          <w:p w14:paraId="108E5B5A" w14:textId="686B4991" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-284276401"/>
                 <w:placeholder>
                   <w:docPart w:val="6A8AEE2F35504EFFB38B0F900CB793CD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="46CD5ED1" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57BC0959" w14:textId="4EFEE22B" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r>
               <w:t>Linear</w:t>
             </w:r>
             <w:r w:rsidRPr="00C9192A">
               <w:t xml:space="preserve"> range</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> for quantitative assays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63BF8E92" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
+          <w:p w14:paraId="63BF8E92" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00570FBA">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="324249291"/>
                 <w:placeholder>
                   <w:docPart w:val="71E39DDA9E77421BA571D10CED2A6337"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -14662,51 +14763,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00570FBA" w:rsidRPr="00C9192A" w14:paraId="7EFA5805" w14:textId="77777777" w:rsidTr="00570FBA">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FBB415B" w14:textId="77777777" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00570FBA" w:rsidP="00570FBA">
             <w:r w:rsidRPr="004A7510">
               <w:t>Inv</w:t>
             </w:r>
             <w:r>
               <w:t>alid rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6090" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A44DDB6" w14:textId="0A9EBA5C" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="006617FA" w:rsidP="00570FBA">
+          <w:p w14:paraId="3A44DDB6" w14:textId="0A9EBA5C" w:rsidR="00570FBA" w:rsidRPr="00C9192A" w:rsidRDefault="00E63A04" w:rsidP="00570FBA">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1402635944"/>
                 <w:placeholder>
                   <w:docPart w:val="7D05ED7D9FC24ED79757004DC80641DE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00570FBA" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00570FBA" w:rsidRPr="002619E5">
               <w:rPr>
                 <w:b/>
@@ -14940,102 +15041,102 @@
           <w:trHeight w:val="787"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="706E0872" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Australia (TGA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4846E68A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="4846E68A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="775" w:hanging="775"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="915436420"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00632E3B">
               <w:t>Australian Register of Therapeutic Goods (ARTG) Number (aka Medical Device Inclusion Number)</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63070FFA" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="63070FFA" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-249583073"/>
                 <w:placeholder>
                   <w:docPart w:val="9763C5E65D074F3BA94FA7660B063885"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15043,97 +15144,97 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="47574002" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1D638B21" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EDD213F" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="0EDD213F" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="775" w:hanging="775"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-809244891"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00D87AC0">
               <w:t>TGA Full Quality Assurance Certificate and Design Examination Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54512076" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="54512076" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-550310039"/>
                 <w:placeholder>
                   <w:docPart w:val="EDF8226C994843C3956F1D01FA608C05"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15141,97 +15242,97 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="66630139" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="793F7134" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E6C7FD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="11E6C7FD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="775" w:hanging="775"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-201317715"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="004F5E4E">
               <w:t>TGA Production Quality Assurance Certificate and Type-Examination Certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D92DE32" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="5D92DE32" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1540201761"/>
                 <w:placeholder>
                   <w:docPart w:val="BB46601B4C0F4216A75F2D8AC3083D69"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15239,51 +15340,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="00FC4163" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7F32D878" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA781F5" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="5CA781F5" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1283838268"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
@@ -15293,51 +15394,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>License for manufacturer</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21317257" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="21317257" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1474790834"/>
                 <w:placeholder>
                   <w:docPart w:val="9A124B2AEB5F4C14807961EDDE3B81E8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15345,51 +15446,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="5F48C092" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="686514E8" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DFECFD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="08DFECFD" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1489822462"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
@@ -15427,51 +15528,51 @@
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1889562684"/>
                 <w:placeholder>
                   <w:docPart w:val="86A2DB17C9164AA9886F63853B4E461F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="119369A6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="119369A6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1119988502"/>
                 <w:placeholder>
                   <w:docPart w:val="BF26A5CFF9A94A45AB1106F04849940C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15485,100 +15586,100 @@
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="051094E2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Canada (Health Canada)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="682C4E88" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="682C4E88" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="774" w:hanging="774"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-633326514"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Medical device license and summary report for a Class III IVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CDAC99" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="06CDAC99" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-317569115"/>
                 <w:placeholder>
                   <w:docPart w:val="C763566F485A4BD0874419D499388FD9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -15586,164 +15687,157 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="11F5152F" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="44DD146E" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7065A3D6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="7065A3D6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D91550" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="774" w:hanging="774"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-898432323"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Medical device license and summary report for a Class IV IVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="064B4DD2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="064B4DD2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1629739732"/>
                 <w:placeholder>
                   <w:docPart w:val="114A41B9C1844887A3AE0448E6BB75AB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="372C5BBB" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="023A5FC7" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
-              <w:t>European Economic Community (CE-</w:t>
-[...6 lines deleted...]
-              <w:t>mark) IVDR 2017/746</w:t>
+              <w:t>European Economic Community (CE-mark) IVDR 2017/746</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14791582" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00B60A49" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="14791582" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00B60A49" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1748612641"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -15763,51 +15857,51 @@
             <w:r w:rsidR="009227EE" w:rsidRPr="00B60A49">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00B60A49">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> issued under Annex IX of Regulation 2017/746</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="043AE942" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="043AE942" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1676229055"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -15819,135 +15913,135 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00B60A49">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ertificates issued under Annex X and XI of Regulation 2017/746</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="631348F7" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="631348F7" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1522469302"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75E30A36" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00713DC2" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="75E30A36" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00713DC2" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-354808457"/>
                 <w:placeholder>
                   <w:docPart w:val="ACE4A6939A7542B0B7BDB0F6516DF1C2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220BBBB2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="220BBBB2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1204373218"/>
                 <w:placeholder>
                   <w:docPart w:val="A1E67AE7DB1D4E77AA67E0932178DE3A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16005,99 +16099,99 @@
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>(CE-mark)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C9F895F" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Directive 98/79/EC                                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F65BD15" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="2F65BD15" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1729290654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0064182D" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Self-declared CE-mark, Annex III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D13919D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="6D13919D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-637333777"/>
                 <w:placeholder>
                   <w:docPart w:val="9E76D779DFF3413D87BFB8137C6B82FC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16105,99 +16199,99 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="034DA5D7" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="25484284" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602C97F8" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="602C97F8" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="695671707"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0064182D" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00F87B54">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Manufacturer’s Declaration of Conformity (DoC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29CEF304" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="29CEF304" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1600515445"/>
                 <w:placeholder>
                   <w:docPart w:val="8FA79B9030EB40C09090D68BC0125FB1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16205,51 +16299,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="018A5F7E" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="54DFE439" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C43449D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="2C43449D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="769" w:hanging="769"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="2014177354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
@@ -16275,51 +16369,51 @@
             <w:r w:rsidR="0064182D">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(IVDD)</w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409" w:rsidDel="008F3455">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BAC06B7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="2BAC06B7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1535157759"/>
                 <w:placeholder>
                   <w:docPart w:val="99036595079D4A6EA71073FA3354AEA9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D11F69">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16327,51 +16421,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="59DC4335" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="347E236A" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66216DA7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="66216DA7" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="769" w:hanging="769"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="275606955"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -16389,51 +16483,51 @@
             <w:r w:rsidR="0064182D" w:rsidRPr="008F3455">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">EC Production Quality Assurance Certificate, issued under Annex VII and EC Type-Examination Certificate, issued under Annex V of Directive 98/79/EC </w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(IVDD)</w:t>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00696409" w:rsidDel="008F3455">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B788456" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="2B788456" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1727521946"/>
                 <w:placeholder>
                   <w:docPart w:val="F3A01B13266A4282BD6FF928D9B62A38"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16448,51 +16542,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064182D" w:rsidRPr="00225397" w14:paraId="5AE0BAAD" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="1124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="720B3B7E" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00225397" w:rsidRDefault="0064182D" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33F6388D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="33F6388D" w14:textId="77777777" w:rsidR="0064182D" w:rsidRPr="00193C54" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="769" w:hanging="769"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1664357190"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00193C54">
@@ -16504,179 +16598,187 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0064182D" w:rsidRPr="00193C54">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0064182D" w:rsidRPr="00193C54">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>EC Product Examination Certificate issued under Annex VI and EC Type-Examination Certificate issued under Annex V of Directive 98/79/EC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E442BB" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="07E442BB" w14:textId="77777777" w:rsidR="0064182D" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1757285076"/>
                 <w:placeholder>
                   <w:docPart w:val="B14AF00D699A42918F3D6089CCF81DAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0064182D" w:rsidRPr="00D11F69">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="368D60F5" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7A666845" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="7A666845" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-1810622113"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
                   <w:rPr>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>J</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
-              <w:t>apan (JMHLW)</w:t>
+              <w:t>apan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (JMHLW)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45BB0EB6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="45BB0EB6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-1846705827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00D11F69">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00D11F69">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Recognized foreign manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34302878" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="34302878" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="480204420"/>
                 <w:placeholder>
                   <w:docPart w:val="3FEDEF5B2CF1472FAC73CAC2ECB0AF8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D11F69">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16684,99 +16786,99 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="0F3CC9AA" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="68CD56EA" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288C4CE4" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D11F69" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="288C4CE4" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00D11F69" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1425602497"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Minister’s approval</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="296E804D" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="296E804D" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="187114573"/>
                 <w:placeholder>
                   <w:docPart w:val="6012A1EFD20847AF963A174BE6A90C0C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16784,51 +16886,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="696D5FCE" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2A11415F" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73059F58" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="73059F58" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-585996923"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
@@ -16866,51 +16968,51 @@
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="41411154"/>
                 <w:placeholder>
                   <w:docPart w:val="D3E76BCCEEB94658AF2D7D6ABDAEE8F5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39BED7E6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="39BED7E6" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-912858027"/>
                 <w:placeholder>
                   <w:docPart w:val="D357D6B692154F01B90A3B7FFC83A025"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -16924,100 +17026,100 @@
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="24014618" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Singapore (HSA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEABB8B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="5FEABB8B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="208765877"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00ED3737">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Listing on the Singapore Medical Device Register (SMDR) as Class C IVD </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B299F82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="4B299F82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="458844213"/>
                 <w:placeholder>
                   <w:docPart w:val="E16AE41997404436BFCFF50E18508E7C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17025,51 +17127,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="7C7759E8" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="21CD923B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="666F9428" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="666F9428" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="00225397" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="431714375"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17088,51 +17190,51 @@
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00ED3737">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t>Listing on the Singapore Medical Device Register (SMDR) as</w:t>
             </w:r>
             <w:r w:rsidR="009227EE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00ED3737">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
               <w:t>Class D IVD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6193C19C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="6193C19C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1355413384"/>
                 <w:placeholder>
                   <w:docPart w:val="F98C59AEA0A24DEA88DD550C08631436"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17152,51 +17254,51 @@
           <w:p w14:paraId="09C10A20" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:iCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Medicines and Healthcare products Regulatory Agency, United Kingdom</w:t>
             </w:r>
             <w:r w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAE3661" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="4DAE3661" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="1793314703"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17214,51 +17316,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Certificates issued under Annex IV (Full Quality Assurance, Product Design Dossier Examination), V (EC Type Examination), VII (Production Quality Assurance) of the Medical Devices Regulations 2002</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="004C64A8">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F690F64" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="2F690F64" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-812869482"/>
                 <w:placeholder>
                   <w:docPart w:val="F69B0FFF65344A88BEF0BC14C502C010"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17278,102 +17380,102 @@
           </w:tcPr>
           <w:p w14:paraId="0D872AB2" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>United States of America (FDA)</w:t>
             </w:r>
             <w:r w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="157DB7B9" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="157DB7B9" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="594669974"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Premarket Approval (PMA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12FDEB82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="12FDEB82" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="2097200945"/>
                 <w:placeholder>
                   <w:docPart w:val="FBA98C6FA3D847BDB1A5C506146F9237"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17381,51 +17483,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="3CE42A1E" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="71D3C0B3" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6394745B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="6394745B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="122278898"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17443,51 +17545,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="002741BB">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Biologics License Application (BLA license)</w:t>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="002741BB">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5140C576" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="5140C576" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1764909869"/>
                 <w:placeholder>
                   <w:docPart w:val="05B154B6F0B944AF8A76DFCD2BA8A0BE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17495,102 +17597,102 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="519D5C47" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="18308A1B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="192EF30C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="192EF30C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="826018722"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="009227EE" w:rsidRPr="00225397">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>510(k) clearance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="392EC08B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="392EC08B" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1844772653"/>
                 <w:placeholder>
                   <w:docPart w:val="C9B1EE612EC64B39868EC0A6E8218A94"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
@@ -17598,51 +17700,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="61953CFB" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1CE9EA16" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54C5FCBF" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="54C5FCBF" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-551996996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
@@ -17683,109 +17785,108 @@
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1085350316"/>
                 <w:placeholder>
                   <w:docPart w:val="36EF36E337C44806BCC95F0F977833FA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7E126A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="4A7E126A" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="579489288"/>
                 <w:placeholder>
                   <w:docPart w:val="3AF3F39F7D96444C9CB8616464586844"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009227EE" w:rsidRPr="00225397" w14:paraId="6D97633B" w14:textId="77777777" w:rsidTr="00744E2D">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3551462C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRDefault="009227EE" w:rsidP="00744E2D">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rest of world version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09FDC96C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="000D15C5" w:rsidRDefault="006617FA" w:rsidP="00744E2D">
+          <w:p w14:paraId="09FDC96C" w14:textId="77777777" w:rsidR="009227EE" w:rsidRPr="000D15C5" w:rsidRDefault="00E63A04" w:rsidP="00744E2D">
             <w:pPr>
               <w:ind w:left="772" w:hanging="772"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                 </w:rPr>
                 <w:id w:val="-330988736"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009227EE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -17905,100 +18006,100 @@
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="258" w:name="_Toc114833220"/>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">Do you sell or supply </w:t>
             </w:r>
             <w:r w:rsidR="007C713F">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t>product or any of the components for re-branding</w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="004E3EC2">
               <w:t>?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="258"/>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6701E9F9" w14:textId="2A551CF8" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="6701E9F9" w14:textId="2A551CF8" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-2036881816"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E718F" w:rsidRPr="00121D49" w14:paraId="003347BD" w14:textId="77777777" w:rsidTr="436310B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7527" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="11B5E9E5" w14:textId="77777777" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="001E718F" w:rsidP="00C75CE3">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ADA9FDB" w14:textId="047B5963" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="0ADA9FDB" w14:textId="047B5963" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="1367490481"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -18029,96 +18130,96 @@
             <w:r w:rsidR="007C713F">
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="007C713F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">product or any of the major components </w:t>
             </w:r>
             <w:r w:rsidR="00130E26">
               <w:t xml:space="preserve">thereof </w:t>
             </w:r>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t>sourced from another manufacturer?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="259"/>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE41962" w14:textId="472393EF" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="0CE41962" w14:textId="472393EF" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-2042809292"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001E718F" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E718F" w:rsidRPr="00121D49" w14:paraId="00F28771" w14:textId="77777777" w:rsidTr="436310B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7527" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="317246BD" w14:textId="77777777" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="001E718F" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0810A0B9" w14:textId="37B4509C" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="0810A0B9" w14:textId="37B4509C" w:rsidR="001E718F" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-932354406"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
@@ -18244,87 +18345,87 @@
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="268" w:name="_Toc114833223"/>
             <w:r w:rsidR="00997BA4" w:rsidRPr="00121D49">
               <w:t xml:space="preserve">Has WHO previously assessed </w:t>
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="00501444" w:rsidRPr="00121D49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00997BA4" w:rsidRPr="00121D49">
               <w:t>product?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="268"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="591F906B" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="591F906B" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-498727048"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00863FFB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00997BA4" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="00863FFB">
               <w:t xml:space="preserve">, Prequalification assessment </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3843F9F4" w14:textId="08A92245" w:rsidR="00863FFB" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="3843F9F4" w14:textId="08A92245" w:rsidR="00863FFB" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="436567855"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00863FFB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -18373,51 +18474,51 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00997BA4" w:rsidRPr="00121D49" w14:paraId="61897BF8" w14:textId="77777777" w:rsidTr="00AA385E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="65505CC9" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00997BA4" w:rsidP="00C75CE3">
             <w:pPr>
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="57047857" w14:textId="4DE9FD52" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="57047857" w14:textId="4DE9FD52" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-2034646909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -18444,87 +18545,87 @@
               <w:pStyle w:val="DLTHeading3"/>
             </w:pPr>
             <w:r w:rsidRPr="00121D49">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:bookmarkStart w:id="269" w:name="_Toc114833224"/>
             <w:r w:rsidRPr="00121D49">
               <w:t xml:space="preserve">Has WHO previously assessed </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00121D49">
               <w:t>product under a different name?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="269"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1A73A4" w14:textId="77777777" w:rsidR="0074459E" w:rsidRDefault="006617FA" w:rsidP="0074459E">
+          <w:p w14:paraId="0E1A73A4" w14:textId="77777777" w:rsidR="0074459E" w:rsidRDefault="00E63A04" w:rsidP="0074459E">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-1679030846"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0074459E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0074459E" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="0074459E">
               <w:t xml:space="preserve">, Prequalification assessment </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42E4889E" w14:textId="27D3110E" w:rsidR="0074459E" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="0074459E">
+          <w:p w14:paraId="42E4889E" w14:textId="27D3110E" w:rsidR="0074459E" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="0074459E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="755793910"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0074459E">
                   <w:rPr>
@@ -18579,152 +18680,110 @@
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00997BA4" w:rsidRPr="00121D49" w14:paraId="4FBD3638" w14:textId="77777777" w:rsidTr="00AA385E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7492C9E3" w14:textId="77777777" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00997BA4" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3E57F776" w14:textId="6BBB9F6F" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="3E57F776" w14:textId="6BBB9F6F" w:rsidR="00997BA4" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="1764575664"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00997BA4" w:rsidRPr="00121D49">
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0C99" w:rsidRPr="00121D49" w14:paraId="3A4B91A3" w14:textId="77777777" w:rsidTr="00223595">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="28D5DFB5" w14:textId="5FA1FD63" w:rsidR="004E0C99" w:rsidRPr="00121D49" w:rsidRDefault="004E0C99" w:rsidP="00C75CE3">
+          <w:p w14:paraId="2FF3E2AB" w14:textId="2C9AFB3C" w:rsidR="004E0C99" w:rsidRPr="00121D49" w:rsidRDefault="004E0C99" w:rsidP="00514477">
             <w:r w:rsidRPr="00121D49">
-              <w:t>If you answered yes to 6.3.2, please provide the name</w:t>
-[...4 lines deleted...]
-            <w:r w:rsidR="00331C4D">
+              <w:t>If you answered yes to</w:t>
+            </w:r>
+            <w:r w:rsidR="00514477">
+              <w:t xml:space="preserve"> 6.3.1 or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00121D49">
+              <w:t xml:space="preserve"> 6.3.2, please</w:t>
+            </w:r>
+            <w:r w:rsidR="00514477">
+              <w:t xml:space="preserve"> complete Annex 1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00121D49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FA5174">
-[...46 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F6B8469" w14:textId="3CA962AE" w:rsidR="002977DD" w:rsidRDefault="002977DD" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="270" w:name="_Toc184100484"/>
       <w:bookmarkStart w:id="271" w:name="_Toc494200472"/>
       <w:bookmarkStart w:id="272" w:name="_Toc114833225"/>
       <w:bookmarkStart w:id="273" w:name="_Toc114833315"/>
       <w:bookmarkStart w:id="274" w:name="_Toc114833367"/>
       <w:bookmarkStart w:id="275" w:name="_Toc114833419"/>
       <w:bookmarkStart w:id="276" w:name="_Toc114833541"/>
       <w:bookmarkStart w:id="277" w:name="_Toc114833654"/>
       <w:bookmarkStart w:id="278" w:name="_Toc214527893"/>
       <w:r w:rsidRPr="008A22D2">
         <w:t>Manufacturer - Quality Management System</w:t>
       </w:r>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
@@ -18766,99 +18825,99 @@
             <w:bookmarkStart w:id="281" w:name="_Toc114833368"/>
             <w:bookmarkStart w:id="282" w:name="_Toc114833420"/>
             <w:bookmarkStart w:id="283" w:name="_Toc114833542"/>
             <w:bookmarkStart w:id="284" w:name="_Toc114833655"/>
             <w:r w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve">Does the manufacturer have a quality management system in place for the design, development and production of </w:t>
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve"> product?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="279"/>
             <w:bookmarkEnd w:id="280"/>
             <w:bookmarkEnd w:id="281"/>
             <w:bookmarkEnd w:id="282"/>
             <w:bookmarkEnd w:id="283"/>
             <w:bookmarkEnd w:id="284"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD60E7B" w14:textId="672A4356" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="5CD60E7B" w14:textId="672A4356" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-867286343"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002600A9" w:rsidRPr="00121D49" w14:paraId="1C521554" w14:textId="77777777" w:rsidTr="1F2F8901">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7806" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7986817C" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00EC21A9" w:rsidRDefault="002600A9" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382270E7" w14:textId="5E17ECAE" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="382270E7" w14:textId="5E17ECAE" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1665659128"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -18893,93 +18952,93 @@
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t xml:space="preserve">applicable to the product </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t>meet the requirements of ISO 13485</w:t>
             </w:r>
             <w:r w:rsidR="00FF39D1" w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t>Medical devices — Quality management systems — Requirements for regulatory purposes?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="285"/>
             <w:bookmarkEnd w:id="286"/>
             <w:bookmarkEnd w:id="287"/>
             <w:bookmarkEnd w:id="288"/>
             <w:bookmarkEnd w:id="289"/>
             <w:bookmarkEnd w:id="290"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C43D18" w14:textId="233224EB" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="35C43D18" w14:textId="233224EB" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1143966922"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002600A9" w:rsidRPr="00121D49" w14:paraId="29FFE432" w14:textId="77777777" w:rsidTr="1F2F8901">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7806" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7816DD4E" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00EC21A9" w:rsidRDefault="002600A9" w:rsidP="00C75CE3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2034F0A0" w14:textId="4036390A" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="2034F0A0" w14:textId="4036390A" w:rsidR="002600A9" w:rsidRPr="007C4132" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="211851757"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002600A9" w:rsidRPr="007C4132">
               <w:tab/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -19004,51 +19063,51 @@
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t xml:space="preserve">manufacturer’s </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t xml:space="preserve">quality management system </w:t>
             </w:r>
             <w:r w:rsidR="00501444">
               <w:t xml:space="preserve">applicable to the product </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC21A9">
               <w:t>meet the requirements of other similar standards e.g. those required by other jurisdictions? If yes, please provide details.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="291"/>
             <w:bookmarkEnd w:id="292"/>
             <w:bookmarkEnd w:id="293"/>
             <w:bookmarkEnd w:id="294"/>
             <w:bookmarkEnd w:id="295"/>
             <w:bookmarkEnd w:id="296"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="766EA32A" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00C75CE3">
+          <w:p w14:paraId="766EA32A" w14:textId="77777777" w:rsidR="002600A9" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00C75CE3">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1143265236"/>
                 <w:placeholder>
                   <w:docPart w:val="1671AC1FF4394045AD6AE21E915DBFCA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C17253" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -19110,51 +19169,51 @@
             <w:r>
               <w:t>certification body</w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t>(ies)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t>current period of certification</w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t>, including start and end date(s</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00D96945">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EB6ACC0" w14:textId="77777777" w:rsidR="007061A7" w:rsidRPr="007061A7" w:rsidRDefault="006617FA" w:rsidP="007061A7">
+          <w:p w14:paraId="7EB6ACC0" w14:textId="77777777" w:rsidR="007061A7" w:rsidRPr="007061A7" w:rsidRDefault="00E63A04" w:rsidP="007061A7">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1900819432"/>
                 <w:placeholder>
                   <w:docPart w:val="1C4FA3A096064D19B5D3A2590AD49655"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007061A7" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="36C8D0F6" w14:textId="77777777" w:rsidR="007061A7" w:rsidRDefault="007061A7" w:rsidP="00C75CE3">
             <w:pPr>
@@ -19164,51 +19223,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10A446EE" w14:textId="5AF0BC0B" w:rsidR="000D15C5" w:rsidRPr="008A22D2" w:rsidRDefault="000D15C5" w:rsidP="000D15C5">
       <w:pPr>
         <w:pStyle w:val="DLTHeading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="297" w:name="_Toc494200474"/>
       <w:bookmarkStart w:id="298" w:name="_Toc114833231"/>
       <w:bookmarkStart w:id="299" w:name="_Toc114833321"/>
       <w:bookmarkStart w:id="300" w:name="_Toc114833373"/>
       <w:bookmarkStart w:id="301" w:name="_Toc114833425"/>
       <w:bookmarkStart w:id="302" w:name="_Toc114833546"/>
       <w:bookmarkStart w:id="303" w:name="_Toc114833659"/>
       <w:bookmarkStart w:id="304" w:name="_Toc192844151"/>
       <w:bookmarkStart w:id="305" w:name="_Toc494200478"/>
       <w:bookmarkStart w:id="306" w:name="_Toc114833237"/>
       <w:bookmarkStart w:id="307" w:name="_Toc114833326"/>
       <w:bookmarkStart w:id="308" w:name="_Toc114833378"/>
       <w:bookmarkStart w:id="309" w:name="_Toc114833430"/>
       <w:bookmarkStart w:id="310" w:name="_Toc114833551"/>
       <w:bookmarkStart w:id="311" w:name="_Toc114833664"/>
       <w:r w:rsidRPr="000D15C5">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="312" w:name="_Toc214527894"/>
       <w:r w:rsidRPr="00AA3365">
         <w:t>Manufacturer</w:t>
       </w:r>
       <w:r w:rsidRPr="008A22D2">
         <w:t xml:space="preserve"> - Sites of Product Manufacture</w:t>
       </w:r>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="312"/>
     </w:p>
     <w:p w14:paraId="0941D408" w14:textId="77777777" w:rsidR="000D15C5" w:rsidRDefault="000D15C5" w:rsidP="000D15C5">
       <w:pPr>
         <w:pStyle w:val="DLTHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="313" w:name="_Toc184100487"/>
       <w:bookmarkStart w:id="314" w:name="_Toc494200475"/>
@@ -21151,51 +21209,50 @@
           <w:cantSplit/>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CB2E5E2" w14:textId="77777777" w:rsidR="000D15C5" w:rsidRPr="005D134C" w:rsidRDefault="000D15C5" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D134C">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Lot release QC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="262A039F" w14:textId="77777777" w:rsidR="000D15C5" w:rsidRPr="005D134C" w:rsidRDefault="000D15C5" w:rsidP="00B74C49">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D134C">
@@ -21977,109 +22034,109 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00121D49">
               <w:t>Physical address of supplier</w:t>
             </w:r>
             <w:r w:rsidRPr="00121D49" w:rsidDel="00E92A68">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00891F7A" w:rsidRPr="00121D49" w14:paraId="64A317C6" w14:textId="77777777" w:rsidTr="00B74C49">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3086" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C1D3E2" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="35C1D3E2" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="-1188362228"/>
                 <w:placeholder>
                   <w:docPart w:val="3B6B3716F0464D6B9828191A43E9BA4F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00891F7A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67EA4CA8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="67EA4CA8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="1112173390"/>
                 <w:placeholder>
                   <w:docPart w:val="4B78B24D68344A16B2F96C22F3F0D1B8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00891F7A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4062" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="228BB4C8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="006617FA" w:rsidP="00B74C49">
+          <w:p w14:paraId="228BB4C8" w14:textId="77777777" w:rsidR="00891F7A" w:rsidRPr="00121D49" w:rsidRDefault="00E63A04" w:rsidP="00B74C49">
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:id w:val="510806020"/>
                 <w:placeholder>
                   <w:docPart w:val="8CB6F0C9F0EB48DC84A0C2E426FDBFCF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00891F7A" w:rsidRPr="00D62C8C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
@@ -22209,51 +22266,51 @@
       </w:tblGrid>
       <w:tr w:rsidR="00AA3365" w14:paraId="1AF5C8D0" w14:textId="77777777" w:rsidTr="00223595">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="605E4123" w14:textId="67903F5D" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="00AA3365" w:rsidP="00A31687">
             <w:r w:rsidRPr="00976B78">
               <w:t>Cho</w:t>
             </w:r>
             <w:r>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="00976B78">
               <w:t>se one of the two performance evaluation options:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA3365" w14:paraId="10A8A785" w14:textId="77777777" w:rsidTr="00223595">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D212E45" w14:textId="391E0577" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="006617FA" w:rsidP="00A31687">
+          <w:p w14:paraId="1D212E45" w14:textId="391E0577" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="00E63A04" w:rsidP="00A31687">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="371649178"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004307A3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AA3365" w:rsidRPr="00976B78">
               <w:t xml:space="preserve">     Option </w:t>
             </w:r>
             <w:r w:rsidR="00BF61B3">
               <w:t>A</w:t>
             </w:r>
@@ -22279,51 +22336,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>the manufacturer</w:t>
             </w:r>
             <w:r w:rsidR="00BF61B3" w:rsidRPr="00976B78">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00976B78">
               <w:t xml:space="preserve">and carried out </w:t>
             </w:r>
             <w:r w:rsidR="00985BC1">
               <w:t>at a performance evaluation laboratory</w:t>
             </w:r>
             <w:r w:rsidR="00F76D4B">
               <w:t xml:space="preserve"> selected by the manufacturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA3365" w14:paraId="6E773B7B" w14:textId="77777777" w:rsidTr="00223595">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3017" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62259905" w14:textId="1D00ED3B" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="006617FA" w:rsidP="00A31687">
+          <w:p w14:paraId="62259905" w14:textId="1D00ED3B" w:rsidR="00AA3365" w:rsidRPr="00976B78" w:rsidRDefault="00E63A04" w:rsidP="00A31687">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="978272905"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0033214A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AA3365" w:rsidRPr="00976B78">
               <w:t xml:space="preserve">    Option </w:t>
             </w:r>
             <w:r w:rsidR="00BF61B3">
               <w:t>B</w:t>
             </w:r>
@@ -22525,51 +22582,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1169" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2595A059" w14:textId="77777777" w:rsidR="0039509A" w:rsidRPr="009A07C6" w:rsidRDefault="0039509A" w:rsidP="00890EDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67567C6B" w14:textId="4F3687F3" w:rsidR="00532BB9" w:rsidRDefault="00532BB9" w:rsidP="00336294">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BF00AE1" w14:textId="5E8D15BD" w:rsidR="00ED7887" w:rsidRPr="008A22D2" w:rsidRDefault="00ED7887" w:rsidP="00C75CE3">
       <w:pPr>
         <w:pStyle w:val="DLTHeading1"/>
       </w:pPr>
       <w:r w:rsidRPr="008A22D2">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="327" w:name="_Toc184100489"/>
       <w:bookmarkStart w:id="328" w:name="_Toc494200479"/>
       <w:bookmarkStart w:id="329" w:name="_Toc114833239"/>
       <w:bookmarkStart w:id="330" w:name="_Toc114833328"/>
       <w:bookmarkStart w:id="331" w:name="_Toc114833380"/>
       <w:bookmarkStart w:id="332" w:name="_Toc114833432"/>
       <w:bookmarkStart w:id="333" w:name="_Toc114833553"/>
       <w:bookmarkStart w:id="334" w:name="_Toc114833666"/>
       <w:bookmarkStart w:id="335" w:name="_Toc214527899"/>
       <w:r w:rsidRPr="008A22D2">
         <w:t>Manufacturer Declaration</w:t>
       </w:r>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
     </w:p>
     <w:p w14:paraId="67A8DECF" w14:textId="3F0DABAB" w:rsidR="00ED7887" w:rsidRPr="002600A9" w:rsidRDefault="00ED7887" w:rsidP="00A31687">
@@ -23126,51 +23182,50 @@
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C409FB">
         <w:t>pursuant to and in accordance with the separate application and procedure applicable thereto</w:t>
       </w:r>
       <w:r w:rsidR="5C929411">
         <w:t>), an Expression of Interest form for the Product to undergo WHO’s performance evaluation</w:t>
       </w:r>
       <w:r w:rsidR="69C76701">
         <w:t xml:space="preserve"> must first be submitted by the Manufacturer and accepted by WHO</w:t>
       </w:r>
       <w:r w:rsidR="004403EA">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C84E1B" w14:textId="115CDF01" w:rsidR="00D95A56" w:rsidRPr="00654DB6" w:rsidRDefault="00F500E1" w:rsidP="00654DB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00654DB6">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">subject to the acceptance of the EOI, the Manufacturer commits to applying for WHO’s prequalification assessment of the Product within a reasonable timeframe (at the latest within 60 days after the issuance of the final performance evaluation report); </w:t>
       </w:r>
       <w:r w:rsidR="00B94022" w:rsidRPr="00654DB6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6195D030" w14:textId="325B17D9" w:rsidR="009A7E74" w:rsidRDefault="002F4443" w:rsidP="704A159F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="002F4443">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="007F5D4D">
         <w:t xml:space="preserve">data, information, </w:t>
       </w:r>
       <w:r w:rsidR="004111D2">
         <w:t>findings, analyses, r</w:t>
       </w:r>
       <w:r w:rsidR="00C30E3C">
@@ -23390,81 +23445,2029 @@
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2007C13F" w14:textId="218D5A86" w:rsidR="00ED7887" w:rsidRPr="002600A9" w:rsidRDefault="00ED7887" w:rsidP="00A31687">
       <w:pPr>
         <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="002600A9">
         <w:t xml:space="preserve">Signature of the </w:t>
       </w:r>
       <w:r w:rsidR="00AC6E54">
         <w:t>Duly</w:t>
       </w:r>
       <w:r w:rsidR="00AC6E54" w:rsidRPr="002600A9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002600A9">
         <w:t xml:space="preserve">Authorized </w:t>
       </w:r>
       <w:r w:rsidR="00AC6E54">
         <w:t>Representative of</w:t>
       </w:r>
       <w:r w:rsidRPr="002600A9">
         <w:t xml:space="preserve"> the Manufacturer:_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001510E8" w14:textId="2F24EEDE" w:rsidR="006774A5" w:rsidRPr="008A22D2" w:rsidRDefault="54B83B8B" w:rsidP="00C75CE3">
+    <w:p w14:paraId="001510E8" w14:textId="2F24EEDE" w:rsidR="006774A5" w:rsidRDefault="54B83B8B" w:rsidP="00C75CE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="6411BD99">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:id w:val="1736813323"/>
           <w:placeholder>
             <w:docPart w:val="28119CDF756A40C3B69C7D001F2CA8DA"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="706D59B0" w:rsidRPr="6411BD99">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="006774A5" w:rsidRPr="008A22D2" w:rsidSect="00132EF3">
+    <w:p w14:paraId="4FBD5233" w14:textId="77777777" w:rsidR="00514477" w:rsidRDefault="00514477" w:rsidP="00C75CE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A593C5E" w14:textId="06ECE98F" w:rsidR="00514477" w:rsidRDefault="00514477">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCE2973" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00D31CA6" w:rsidRDefault="00514477" w:rsidP="00514477">
+      <w:pPr>
+        <w:pStyle w:val="DLTHeading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="336" w:name="_Toc494200480"/>
+      <w:bookmarkStart w:id="337" w:name="_Toc114833240"/>
+      <w:bookmarkStart w:id="338" w:name="_Toc114833329"/>
+      <w:bookmarkStart w:id="339" w:name="_Toc114833381"/>
+      <w:bookmarkStart w:id="340" w:name="_Toc114833433"/>
+      <w:bookmarkStart w:id="341" w:name="_Toc114833554"/>
+      <w:bookmarkStart w:id="342" w:name="_Toc114833667"/>
+      <w:bookmarkStart w:id="343" w:name="_Toc202881872"/>
+      <w:r>
+        <w:t xml:space="preserve">Annex 1: Eligibility for </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="336"/>
+      <w:bookmarkEnd w:id="337"/>
+      <w:bookmarkEnd w:id="338"/>
+      <w:bookmarkEnd w:id="339"/>
+      <w:bookmarkEnd w:id="340"/>
+      <w:bookmarkEnd w:id="341"/>
+      <w:bookmarkEnd w:id="342"/>
+      <w:bookmarkEnd w:id="343"/>
+      <w:r>
+        <w:t xml:space="preserve">waiver of WHO’s performance evaluation </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4484"/>
+        <w:gridCol w:w="2489"/>
+        <w:gridCol w:w="2661"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="5E1DF2B2" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6318F572" w14:textId="77777777" w:rsidR="00514477" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF619F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Please complete the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> comparative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF619F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> table </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">below with information on the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF619F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>previously evaluated version</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF619F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the product version</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> submitted in the EOI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF619F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00827B61">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>The information provided will enable to determine whether the product submitted in the active EOI could be considered for a waiver from WHO’s performance evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, based on the results of previous WHO’s performance evaluation. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8CF9FE" w14:textId="77777777" w:rsidR="00514477" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E5F6E78" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="009A473D" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0F9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide sufficient detail to identify all differences between the two versions and briefly explain the relevance of each </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>difference</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0F9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Where an item is not applicable, state “N/A”.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w14:paraId="156632E1" w14:textId="77777777" w:rsidTr="009654C0">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF46F4E" w14:textId="77777777" w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w:rsidRDefault="00542CB4" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:pStyle w:val="AnnexHeading2"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pplication information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A880EA" w14:textId="0CB408C8" w:rsidR="00542CB4" w:rsidRPr="009A473D" w:rsidRDefault="00542CB4" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Initial application  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w14:paraId="54AB64A7" w14:textId="77777777" w:rsidTr="008E4FCC">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="575"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBA991E" w14:textId="77777777" w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w:rsidRDefault="00542CB4" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1029"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 1.1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Application number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65464AAB" w14:textId="77777777" w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w:rsidRDefault="00542CB4" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w14:paraId="50F1D579" w14:textId="77777777" w:rsidTr="004C5824">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="575"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA29283" w14:textId="1E3FA617" w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w:rsidRDefault="00542CB4" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1029"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A1 – 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Was the performance evaluation completed during initial application?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C0D681" w14:textId="77777777" w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w:rsidRDefault="00542CB4" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w14:paraId="3CDBF356" w14:textId="77777777" w:rsidTr="00A31BCC">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E412F09" w14:textId="37F31D46" w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w:rsidRDefault="00542CB4" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1029"/>
+              </w:tabs>
+              <w:ind w:left="746" w:hanging="746"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A1 – 1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>If yes, d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">final </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WHO </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">performance evaluation report </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5150" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB48EED" w14:textId="3EB6467F" w:rsidR="00542CB4" w:rsidRPr="00E03A6C" w:rsidRDefault="00542CB4" w:rsidP="00F9642F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="10054AB0" w14:textId="77777777" w:rsidTr="00793B62">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="941"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D1310E4" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:pStyle w:val="AnnexHeading2"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="344" w:name="_Toc494200482"/>
+            <w:bookmarkStart w:id="345" w:name="_Toc114833242"/>
+            <w:bookmarkStart w:id="346" w:name="_Toc114833331"/>
+            <w:bookmarkStart w:id="347" w:name="_Toc114833383"/>
+            <w:bookmarkStart w:id="348" w:name="_Toc114833435"/>
+            <w:bookmarkStart w:id="349" w:name="_Toc114833556"/>
+            <w:bookmarkStart w:id="350" w:name="_Toc114833669"/>
+            <w:bookmarkStart w:id="351" w:name="_Toc202881874"/>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Product </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="344"/>
+            <w:bookmarkEnd w:id="345"/>
+            <w:bookmarkEnd w:id="346"/>
+            <w:bookmarkEnd w:id="347"/>
+            <w:bookmarkEnd w:id="348"/>
+            <w:bookmarkEnd w:id="349"/>
+            <w:bookmarkEnd w:id="350"/>
+            <w:bookmarkEnd w:id="351"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>identification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7BF530" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="009A473D" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:pStyle w:val="AnnexHeading2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:noProof w:val="0"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="SimSun" w:cs="Calibri"/>
+                <w:noProof w:val="0"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Previously evaluated version</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1179FDAB" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="009A473D" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Current version</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="65BA7FFA" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360EF2F1" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 2.1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Product name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="768AD972" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C4D8B5" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="68E0BAA3" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECC8D0F" w14:textId="3922825B" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A1 – 2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00793B62">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Legal manufacturer name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484C603A" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35145A80" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="63A8CE33" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="561"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1064ECC3" w14:textId="34993AA0" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1005"/>
+              </w:tabs>
+              <w:ind w:left="746" w:hanging="746"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A1 – 2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00793B62">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Product code(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADBBDC0" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0B181D" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="334BF455" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFB672C" w14:textId="219A7FAE" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1005"/>
+              </w:tabs>
+              <w:ind w:left="746" w:hanging="746"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A1 – 2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00793B62">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>IFU version and date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B1EB5D" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="149F033D" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="73F5A6D0" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E92B10" w14:textId="6F07BBB5" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1005"/>
+              </w:tabs>
+              <w:ind w:left="746" w:hanging="746"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A1 – 2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00793B62">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Regulatory version</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2325B18C" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78190C31" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="22F753AB" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="320D72DF" w14:textId="5274764A" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1005"/>
+              </w:tabs>
+              <w:ind w:left="746" w:hanging="746"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>A1 – 2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00793B62">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Date of design lockdown</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FCB1D9" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213FADB2" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="6212D037" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05517DF9" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:pStyle w:val="AnnexHeading2"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008261E1">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Summary of product modifications and changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225A6B70" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="009A473D" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have there been </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">modifications or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">changes in the following items between the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>previously evaluated version</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>version</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> submitted here? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D86116" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Yes /No / NA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7F3FF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="651141B6" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="009A473D" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>If applicable, brief description of changes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A473D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="68C389CC" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="543"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CAAA72" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Change in product name and/or catalogue/part number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F99070" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C26D4EE" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="407E63F1" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="308A410F" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Change in product design (assay/format/instrument interface)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EEB025" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E85128" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="690B68CE" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1082"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCCEA6B" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Change in labelling, Instructions for Use (IFU), and/or claims (content change)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F49EADC" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C3A130" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="7B14AAA0" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="741"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C093C7" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Change in test procedure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F23D8A" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="232FC7E7" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="09947845" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="978"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E2C7CA" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Change in performance evidence (analytical/clinical/stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>/usability</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>) / validation studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31178067" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA5B819" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="28E443B1" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="978"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD692CF" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="004E0F9E" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>If applicable, change to interpretation software/algorithm and/or firmware</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specifications or versions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05CADB55" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="004E0F9E" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="524CEDF8" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5235BB" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="6B971493" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="982"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5805A169" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Change to configuration, accessories, or kit composition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0E1741" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="169EF7DA" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="075816D0" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="981"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DFD35F4" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Change </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>or addition of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> supplier of critical raw materials/components</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160B9082" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B38DE9" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="54037FA7" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="980"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="596FE401" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Change in manufacturing process</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="348AEE47" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E3F38E" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00514477" w:rsidRPr="00E03A6C" w14:paraId="19053714" w14:textId="77777777" w:rsidTr="000A3CF9">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="839"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2545072E" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1134"/>
+              </w:tabs>
+              <w:ind w:left="738" w:hanging="738"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A1 – 3.10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E03A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Any other change</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00135C6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that may affect the safety, quality, performance, or operational characteristics of the product</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2489" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64313D8F" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2661" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50138C96" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="00E03A6C" w:rsidRDefault="00514477" w:rsidP="000A3CF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="781EB2E9" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="008A22D2" w:rsidRDefault="00514477" w:rsidP="00514477"/>
+    <w:p w14:paraId="4CC27AC5" w14:textId="77777777" w:rsidR="00514477" w:rsidRDefault="00514477" w:rsidP="00514477"/>
+    <w:p w14:paraId="5BECC795" w14:textId="77777777" w:rsidR="00514477" w:rsidRDefault="00514477" w:rsidP="00514477"/>
+    <w:p w14:paraId="49C8CE84" w14:textId="77777777" w:rsidR="00514477" w:rsidRPr="008A22D2" w:rsidRDefault="00514477" w:rsidP="00C75CE3"/>
+    <w:sectPr w:rsidR="00514477" w:rsidRPr="008A22D2" w:rsidSect="00132EF3">
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39A5AE8F" w14:textId="77777777" w:rsidR="001E0F5F" w:rsidRDefault="001E0F5F" w:rsidP="00C75CE3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2426771F" w14:textId="77777777" w:rsidR="001E0F5F" w:rsidRDefault="001E0F5F" w:rsidP="00C75CE3"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1826A236" w14:textId="77777777" w:rsidR="001E0F5F" w:rsidRDefault="001E0F5F" w:rsidP="00C75CE3">
       <w:r>
@@ -23510,51 +25513,50 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
-    <w:altName w:val="Georgia"/>
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -23589,133 +25591,165 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17D3A50D" w14:textId="77777777" w:rsidR="00AC54DC" w:rsidRDefault="00AC54DC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2CDEEA01" w14:textId="3EDF39C6" w:rsidR="00480E37" w:rsidRDefault="001331CA">
+  <w:p w14:paraId="2CDEEA01" w14:textId="3ECA2CBF" w:rsidR="00480E37" w:rsidRPr="00542CB4" w:rsidRDefault="00480E37">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...55 lines deleted...]
-    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46404E90" w14:textId="1C715F5F" w:rsidR="006A54FB" w:rsidRPr="006A54FB" w:rsidRDefault="006A54FB" w:rsidP="00C75CE3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:cs="Arial (W1)"/>
         <w:lang w:val="en-IE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="336A6923" w14:textId="77777777" w:rsidR="00C66028" w:rsidRPr="00542CB4" w:rsidRDefault="00C66028">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00542CB4">
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>PQDx_460 v3 16/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>Mar</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00542CB4">
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:t>/2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00542CB4">
+      <w:rPr>
+        <w:lang w:val="fr-CH"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-211726303"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00542CB4">
+          <w:rPr>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Page | </w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00542CB4">
+          <w:rPr>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00542CB4">
+          <w:rPr>
+            <w:noProof/>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00542CB4">
+          <w:rPr>
+            <w:lang w:val="fr-CH"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5CA566F7" w14:textId="7FAF976B" w:rsidR="006A54FB" w:rsidRPr="002600A9" w:rsidRDefault="006A54FB" w:rsidP="00C75CE3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00E019DD">
       <w:t>PQDx_015</w:t>
     </w:r>
     <w:r w:rsidRPr="002600A9">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>v</w:t>
     </w:r>
     <w:r w:rsidR="00A31687">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="008F3912">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00A31687">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AF1F37">
       <w:t>14 March 2025</w:t>
@@ -26500,50 +28534,51 @@
   <w:num w:numId="26" w16cid:durableId="2101825870">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2105110699">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="343409622">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="779959975">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1782073215">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1489710522">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -26720,94 +28755,96 @@
     <w:rsid w:val="001331CA"/>
     <w:rsid w:val="001347B1"/>
     <w:rsid w:val="0013506A"/>
     <w:rsid w:val="001377E2"/>
     <w:rsid w:val="00137BAE"/>
     <w:rsid w:val="00137EBB"/>
     <w:rsid w:val="00140BB9"/>
     <w:rsid w:val="00142E8D"/>
     <w:rsid w:val="00143017"/>
     <w:rsid w:val="00144D8D"/>
     <w:rsid w:val="00147DF7"/>
     <w:rsid w:val="001523E4"/>
     <w:rsid w:val="001525A5"/>
     <w:rsid w:val="001525A9"/>
     <w:rsid w:val="00153787"/>
     <w:rsid w:val="001557C9"/>
     <w:rsid w:val="00160D41"/>
     <w:rsid w:val="00160E85"/>
     <w:rsid w:val="00161071"/>
     <w:rsid w:val="00163B17"/>
     <w:rsid w:val="00164C7A"/>
     <w:rsid w:val="001656A9"/>
     <w:rsid w:val="00166C0F"/>
     <w:rsid w:val="001676C1"/>
     <w:rsid w:val="001706C3"/>
+    <w:rsid w:val="00170906"/>
     <w:rsid w:val="00170D49"/>
     <w:rsid w:val="00172D50"/>
     <w:rsid w:val="00173915"/>
     <w:rsid w:val="001769E9"/>
     <w:rsid w:val="00177F27"/>
     <w:rsid w:val="00180F70"/>
     <w:rsid w:val="00182F17"/>
     <w:rsid w:val="00185097"/>
     <w:rsid w:val="0018547F"/>
     <w:rsid w:val="00185B7E"/>
     <w:rsid w:val="001861F2"/>
     <w:rsid w:val="00187E09"/>
     <w:rsid w:val="00192229"/>
     <w:rsid w:val="00192592"/>
     <w:rsid w:val="001936A8"/>
     <w:rsid w:val="00196CE7"/>
     <w:rsid w:val="001A1AA5"/>
     <w:rsid w:val="001A2352"/>
     <w:rsid w:val="001A4252"/>
     <w:rsid w:val="001A4AD8"/>
     <w:rsid w:val="001A4FA5"/>
     <w:rsid w:val="001A755D"/>
     <w:rsid w:val="001A7904"/>
     <w:rsid w:val="001B010F"/>
     <w:rsid w:val="001B04D6"/>
     <w:rsid w:val="001B17EA"/>
     <w:rsid w:val="001B1D29"/>
     <w:rsid w:val="001B3AB6"/>
     <w:rsid w:val="001B4385"/>
     <w:rsid w:val="001B4E2E"/>
     <w:rsid w:val="001B517E"/>
     <w:rsid w:val="001B5B37"/>
     <w:rsid w:val="001B5EDD"/>
     <w:rsid w:val="001B7CBC"/>
     <w:rsid w:val="001C0647"/>
     <w:rsid w:val="001C1921"/>
     <w:rsid w:val="001C40CA"/>
     <w:rsid w:val="001C4461"/>
     <w:rsid w:val="001C57D5"/>
     <w:rsid w:val="001C70AD"/>
     <w:rsid w:val="001C7D27"/>
     <w:rsid w:val="001D04DD"/>
     <w:rsid w:val="001D0B3F"/>
     <w:rsid w:val="001D135F"/>
+    <w:rsid w:val="001D15DB"/>
     <w:rsid w:val="001D2880"/>
     <w:rsid w:val="001D2E91"/>
     <w:rsid w:val="001D3835"/>
     <w:rsid w:val="001D432B"/>
     <w:rsid w:val="001D539E"/>
     <w:rsid w:val="001D6A75"/>
     <w:rsid w:val="001D76A3"/>
     <w:rsid w:val="001D7790"/>
     <w:rsid w:val="001E025B"/>
     <w:rsid w:val="001E0F5F"/>
     <w:rsid w:val="001E1407"/>
     <w:rsid w:val="001E3019"/>
     <w:rsid w:val="001E341A"/>
     <w:rsid w:val="001E3A67"/>
     <w:rsid w:val="001E4887"/>
     <w:rsid w:val="001E5090"/>
     <w:rsid w:val="001E556A"/>
     <w:rsid w:val="001E66F1"/>
     <w:rsid w:val="001E718F"/>
     <w:rsid w:val="001E76A3"/>
     <w:rsid w:val="001F02BB"/>
     <w:rsid w:val="001F0372"/>
     <w:rsid w:val="001F082C"/>
     <w:rsid w:val="001F2315"/>
     <w:rsid w:val="001F4A01"/>
@@ -26866,142 +28903,145 @@
     <w:rsid w:val="002752D9"/>
     <w:rsid w:val="00275D25"/>
     <w:rsid w:val="00276288"/>
     <w:rsid w:val="00277FC9"/>
     <w:rsid w:val="00281E36"/>
     <w:rsid w:val="00281EA4"/>
     <w:rsid w:val="0028565E"/>
     <w:rsid w:val="002867E3"/>
     <w:rsid w:val="00290C16"/>
     <w:rsid w:val="0029259F"/>
     <w:rsid w:val="002928F5"/>
     <w:rsid w:val="00292A36"/>
     <w:rsid w:val="00293370"/>
     <w:rsid w:val="00293A9B"/>
     <w:rsid w:val="00294B6A"/>
     <w:rsid w:val="00296258"/>
     <w:rsid w:val="00296C75"/>
     <w:rsid w:val="002977DD"/>
     <w:rsid w:val="00297ED7"/>
     <w:rsid w:val="002A15AB"/>
     <w:rsid w:val="002A26FD"/>
     <w:rsid w:val="002A43B4"/>
     <w:rsid w:val="002A4491"/>
     <w:rsid w:val="002A5091"/>
     <w:rsid w:val="002A5E9D"/>
+    <w:rsid w:val="002A783D"/>
     <w:rsid w:val="002B0313"/>
     <w:rsid w:val="002B04FD"/>
     <w:rsid w:val="002B1500"/>
     <w:rsid w:val="002B159E"/>
     <w:rsid w:val="002B1A0D"/>
     <w:rsid w:val="002B1C21"/>
     <w:rsid w:val="002B55C4"/>
     <w:rsid w:val="002B6DDC"/>
     <w:rsid w:val="002B6E06"/>
     <w:rsid w:val="002B6EB0"/>
     <w:rsid w:val="002B7233"/>
     <w:rsid w:val="002B767D"/>
     <w:rsid w:val="002B7B97"/>
     <w:rsid w:val="002C0850"/>
     <w:rsid w:val="002C2248"/>
     <w:rsid w:val="002C498A"/>
     <w:rsid w:val="002C574D"/>
     <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D0F55"/>
     <w:rsid w:val="002D1CA2"/>
     <w:rsid w:val="002D21F9"/>
     <w:rsid w:val="002D29B9"/>
     <w:rsid w:val="002D2A44"/>
     <w:rsid w:val="002D3665"/>
     <w:rsid w:val="002D682C"/>
     <w:rsid w:val="002D6D01"/>
     <w:rsid w:val="002E098D"/>
     <w:rsid w:val="002E0AFE"/>
     <w:rsid w:val="002E1E58"/>
     <w:rsid w:val="002E2376"/>
     <w:rsid w:val="002E392B"/>
     <w:rsid w:val="002E4289"/>
     <w:rsid w:val="002E7C18"/>
     <w:rsid w:val="002F03D1"/>
     <w:rsid w:val="002F03E8"/>
     <w:rsid w:val="002F12C7"/>
     <w:rsid w:val="002F26A3"/>
     <w:rsid w:val="002F4443"/>
     <w:rsid w:val="002F503E"/>
     <w:rsid w:val="002F5218"/>
     <w:rsid w:val="002F5628"/>
     <w:rsid w:val="002F6B02"/>
     <w:rsid w:val="002F7AE7"/>
     <w:rsid w:val="0030057C"/>
     <w:rsid w:val="00301BA0"/>
+    <w:rsid w:val="00301EE4"/>
     <w:rsid w:val="00301FB3"/>
     <w:rsid w:val="00302397"/>
     <w:rsid w:val="00302DF5"/>
     <w:rsid w:val="003041FF"/>
     <w:rsid w:val="00306D3E"/>
     <w:rsid w:val="00311AC8"/>
     <w:rsid w:val="00313CF7"/>
     <w:rsid w:val="003150AB"/>
     <w:rsid w:val="00320806"/>
     <w:rsid w:val="00321E50"/>
     <w:rsid w:val="0032465F"/>
     <w:rsid w:val="0032636F"/>
     <w:rsid w:val="0032728F"/>
     <w:rsid w:val="00327BBB"/>
     <w:rsid w:val="003313DF"/>
     <w:rsid w:val="00331C4D"/>
     <w:rsid w:val="0033214A"/>
     <w:rsid w:val="0033321D"/>
     <w:rsid w:val="00335E9B"/>
     <w:rsid w:val="00336294"/>
     <w:rsid w:val="00336304"/>
     <w:rsid w:val="00336336"/>
     <w:rsid w:val="00336789"/>
     <w:rsid w:val="0033798E"/>
     <w:rsid w:val="003413D5"/>
     <w:rsid w:val="003416A5"/>
     <w:rsid w:val="003417A4"/>
     <w:rsid w:val="00341C5B"/>
     <w:rsid w:val="00342431"/>
     <w:rsid w:val="00342C61"/>
     <w:rsid w:val="0034371A"/>
     <w:rsid w:val="0034680D"/>
     <w:rsid w:val="00347E7C"/>
     <w:rsid w:val="00352261"/>
     <w:rsid w:val="0035311E"/>
     <w:rsid w:val="00353E0C"/>
     <w:rsid w:val="003546C2"/>
     <w:rsid w:val="00354E9C"/>
     <w:rsid w:val="00355917"/>
     <w:rsid w:val="00356087"/>
     <w:rsid w:val="003564D7"/>
     <w:rsid w:val="00357666"/>
     <w:rsid w:val="00360D2B"/>
     <w:rsid w:val="003621A5"/>
     <w:rsid w:val="003633E1"/>
     <w:rsid w:val="003635B7"/>
     <w:rsid w:val="00364345"/>
+    <w:rsid w:val="00365610"/>
     <w:rsid w:val="003679E7"/>
     <w:rsid w:val="00370800"/>
     <w:rsid w:val="00370AF1"/>
     <w:rsid w:val="00372CDB"/>
     <w:rsid w:val="0037325F"/>
     <w:rsid w:val="003734FC"/>
     <w:rsid w:val="00373716"/>
     <w:rsid w:val="003752FE"/>
     <w:rsid w:val="0037587D"/>
     <w:rsid w:val="003764A5"/>
     <w:rsid w:val="00377FBF"/>
     <w:rsid w:val="00380146"/>
     <w:rsid w:val="00382C1D"/>
     <w:rsid w:val="00382C3C"/>
     <w:rsid w:val="00382F44"/>
     <w:rsid w:val="003839FE"/>
     <w:rsid w:val="00383FBB"/>
     <w:rsid w:val="00384101"/>
     <w:rsid w:val="00385508"/>
     <w:rsid w:val="00386DF9"/>
     <w:rsid w:val="00387714"/>
     <w:rsid w:val="00387720"/>
     <w:rsid w:val="00390132"/>
     <w:rsid w:val="0039509A"/>
     <w:rsid w:val="003952C6"/>
@@ -27100,51 +29140,50 @@
     <w:rsid w:val="004729F4"/>
     <w:rsid w:val="00472FF6"/>
     <w:rsid w:val="00473557"/>
     <w:rsid w:val="00476ECF"/>
     <w:rsid w:val="004803D9"/>
     <w:rsid w:val="00480E37"/>
     <w:rsid w:val="00481455"/>
     <w:rsid w:val="00482309"/>
     <w:rsid w:val="00483689"/>
     <w:rsid w:val="00484BD6"/>
     <w:rsid w:val="00484CB6"/>
     <w:rsid w:val="00484FFA"/>
     <w:rsid w:val="004878B8"/>
     <w:rsid w:val="0049039C"/>
     <w:rsid w:val="00490E72"/>
     <w:rsid w:val="00491DF9"/>
     <w:rsid w:val="004921AB"/>
     <w:rsid w:val="004937AE"/>
     <w:rsid w:val="004955EB"/>
     <w:rsid w:val="004966C6"/>
     <w:rsid w:val="00496F40"/>
     <w:rsid w:val="00496F4E"/>
     <w:rsid w:val="004A052D"/>
     <w:rsid w:val="004A06EF"/>
     <w:rsid w:val="004A1274"/>
-    <w:rsid w:val="004A1860"/>
     <w:rsid w:val="004A28DC"/>
     <w:rsid w:val="004A410E"/>
     <w:rsid w:val="004A6EB5"/>
     <w:rsid w:val="004A7510"/>
     <w:rsid w:val="004B1A47"/>
     <w:rsid w:val="004B218D"/>
     <w:rsid w:val="004B7977"/>
     <w:rsid w:val="004C11E6"/>
     <w:rsid w:val="004C209E"/>
     <w:rsid w:val="004C2719"/>
     <w:rsid w:val="004C2E95"/>
     <w:rsid w:val="004C3CDD"/>
     <w:rsid w:val="004C406D"/>
     <w:rsid w:val="004C5807"/>
     <w:rsid w:val="004C655F"/>
     <w:rsid w:val="004C7790"/>
     <w:rsid w:val="004D0CDF"/>
     <w:rsid w:val="004D0F07"/>
     <w:rsid w:val="004D122D"/>
     <w:rsid w:val="004D2413"/>
     <w:rsid w:val="004D2D36"/>
     <w:rsid w:val="004D315C"/>
     <w:rsid w:val="004D37F3"/>
     <w:rsid w:val="004D43B8"/>
     <w:rsid w:val="004D43CA"/>
@@ -27159,85 +29198,89 @@
     <w:rsid w:val="004E223D"/>
     <w:rsid w:val="004E3AB5"/>
     <w:rsid w:val="004E3EC2"/>
     <w:rsid w:val="004E4CB2"/>
     <w:rsid w:val="004E5495"/>
     <w:rsid w:val="004E5ED8"/>
     <w:rsid w:val="004E6D9E"/>
     <w:rsid w:val="004E778D"/>
     <w:rsid w:val="004F0DD5"/>
     <w:rsid w:val="00501444"/>
     <w:rsid w:val="0050161C"/>
     <w:rsid w:val="00502A70"/>
     <w:rsid w:val="00502F79"/>
     <w:rsid w:val="005030A2"/>
     <w:rsid w:val="0050584F"/>
     <w:rsid w:val="00505981"/>
     <w:rsid w:val="005059E1"/>
     <w:rsid w:val="00506544"/>
     <w:rsid w:val="00506888"/>
     <w:rsid w:val="00506994"/>
     <w:rsid w:val="00512243"/>
     <w:rsid w:val="005126B4"/>
     <w:rsid w:val="0051274A"/>
     <w:rsid w:val="005132D2"/>
     <w:rsid w:val="00513BD3"/>
+    <w:rsid w:val="00514477"/>
     <w:rsid w:val="005144A1"/>
     <w:rsid w:val="00514CA0"/>
     <w:rsid w:val="00514E6F"/>
     <w:rsid w:val="00515275"/>
     <w:rsid w:val="00515C35"/>
     <w:rsid w:val="005164BD"/>
     <w:rsid w:val="005168E9"/>
     <w:rsid w:val="00517E0E"/>
     <w:rsid w:val="0052099B"/>
     <w:rsid w:val="00520AA4"/>
     <w:rsid w:val="00521388"/>
     <w:rsid w:val="00522552"/>
     <w:rsid w:val="005255FF"/>
     <w:rsid w:val="005312A9"/>
     <w:rsid w:val="00532BB9"/>
     <w:rsid w:val="005346D4"/>
     <w:rsid w:val="00535BC3"/>
     <w:rsid w:val="00535DA3"/>
     <w:rsid w:val="00540CD2"/>
     <w:rsid w:val="00542848"/>
+    <w:rsid w:val="00542CB4"/>
     <w:rsid w:val="00546878"/>
     <w:rsid w:val="00550485"/>
     <w:rsid w:val="00554D99"/>
     <w:rsid w:val="00555190"/>
+    <w:rsid w:val="00555757"/>
     <w:rsid w:val="00556099"/>
     <w:rsid w:val="005577D4"/>
     <w:rsid w:val="00557A1C"/>
     <w:rsid w:val="00557FF3"/>
     <w:rsid w:val="00561385"/>
     <w:rsid w:val="00562625"/>
     <w:rsid w:val="00564577"/>
     <w:rsid w:val="00564B4F"/>
     <w:rsid w:val="00566F81"/>
     <w:rsid w:val="00567666"/>
     <w:rsid w:val="0056776F"/>
+    <w:rsid w:val="00570397"/>
     <w:rsid w:val="00570CFC"/>
     <w:rsid w:val="00570FBA"/>
     <w:rsid w:val="005724B7"/>
     <w:rsid w:val="00572584"/>
     <w:rsid w:val="00572CCC"/>
     <w:rsid w:val="00576072"/>
     <w:rsid w:val="00580822"/>
     <w:rsid w:val="0058265F"/>
     <w:rsid w:val="00584E08"/>
     <w:rsid w:val="0058610E"/>
     <w:rsid w:val="0059092A"/>
     <w:rsid w:val="00590BE3"/>
     <w:rsid w:val="005925E6"/>
     <w:rsid w:val="00593976"/>
     <w:rsid w:val="00594446"/>
     <w:rsid w:val="0059476A"/>
     <w:rsid w:val="0059484C"/>
     <w:rsid w:val="00594BC3"/>
     <w:rsid w:val="0059796F"/>
     <w:rsid w:val="00597A83"/>
     <w:rsid w:val="00597F34"/>
     <w:rsid w:val="005A020F"/>
     <w:rsid w:val="005A07B3"/>
     <w:rsid w:val="005A1C1C"/>
     <w:rsid w:val="005A2899"/>
@@ -27314,90 +29357,90 @@
     <w:rsid w:val="0063323D"/>
     <w:rsid w:val="00633427"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="0063528B"/>
     <w:rsid w:val="006362A6"/>
     <w:rsid w:val="00636CAF"/>
     <w:rsid w:val="00636D09"/>
     <w:rsid w:val="00640C75"/>
     <w:rsid w:val="0064182D"/>
     <w:rsid w:val="00643812"/>
     <w:rsid w:val="00643881"/>
     <w:rsid w:val="00643BE7"/>
     <w:rsid w:val="00644313"/>
     <w:rsid w:val="00644804"/>
     <w:rsid w:val="00644BBB"/>
     <w:rsid w:val="00645EA9"/>
     <w:rsid w:val="006470D6"/>
     <w:rsid w:val="00651560"/>
     <w:rsid w:val="006517C2"/>
     <w:rsid w:val="00654DB6"/>
     <w:rsid w:val="0065571A"/>
     <w:rsid w:val="00656D23"/>
     <w:rsid w:val="00656E33"/>
     <w:rsid w:val="006610E4"/>
     <w:rsid w:val="006614BB"/>
-    <w:rsid w:val="006617FA"/>
     <w:rsid w:val="00664A64"/>
     <w:rsid w:val="00670C02"/>
     <w:rsid w:val="00671E8B"/>
     <w:rsid w:val="006724F8"/>
     <w:rsid w:val="00676078"/>
     <w:rsid w:val="006774A5"/>
     <w:rsid w:val="006807B3"/>
     <w:rsid w:val="00680E8C"/>
     <w:rsid w:val="00681760"/>
     <w:rsid w:val="006847CC"/>
     <w:rsid w:val="006916BA"/>
     <w:rsid w:val="00693045"/>
     <w:rsid w:val="00693CDF"/>
     <w:rsid w:val="0069490B"/>
     <w:rsid w:val="00696A5A"/>
     <w:rsid w:val="00697B4D"/>
     <w:rsid w:val="006A0E7B"/>
     <w:rsid w:val="006A2888"/>
     <w:rsid w:val="006A3A1B"/>
     <w:rsid w:val="006A3E79"/>
     <w:rsid w:val="006A4873"/>
     <w:rsid w:val="006A4F87"/>
     <w:rsid w:val="006A54FB"/>
     <w:rsid w:val="006A6EE3"/>
     <w:rsid w:val="006A798F"/>
     <w:rsid w:val="006A7B8A"/>
     <w:rsid w:val="006B0998"/>
     <w:rsid w:val="006B175B"/>
     <w:rsid w:val="006B27A0"/>
     <w:rsid w:val="006B2DE2"/>
     <w:rsid w:val="006B686E"/>
     <w:rsid w:val="006B7624"/>
     <w:rsid w:val="006B7F04"/>
     <w:rsid w:val="006C068C"/>
     <w:rsid w:val="006C0747"/>
     <w:rsid w:val="006C0BF0"/>
     <w:rsid w:val="006C162A"/>
     <w:rsid w:val="006C41BF"/>
     <w:rsid w:val="006D03B5"/>
+    <w:rsid w:val="006D1E50"/>
     <w:rsid w:val="006D3179"/>
     <w:rsid w:val="006D3B1A"/>
     <w:rsid w:val="006D3DEF"/>
     <w:rsid w:val="006D4179"/>
     <w:rsid w:val="006D50CA"/>
     <w:rsid w:val="006D734D"/>
     <w:rsid w:val="006E13EB"/>
     <w:rsid w:val="006E15F8"/>
     <w:rsid w:val="006E1847"/>
     <w:rsid w:val="006E29BF"/>
     <w:rsid w:val="006E2EE8"/>
     <w:rsid w:val="006E331D"/>
     <w:rsid w:val="006E44D8"/>
     <w:rsid w:val="006E52E7"/>
     <w:rsid w:val="006E535E"/>
     <w:rsid w:val="006E5A18"/>
     <w:rsid w:val="006E5C63"/>
     <w:rsid w:val="006E6BC4"/>
     <w:rsid w:val="006E6C16"/>
     <w:rsid w:val="006F11A0"/>
     <w:rsid w:val="006F218C"/>
     <w:rsid w:val="006F2228"/>
     <w:rsid w:val="006F23B2"/>
     <w:rsid w:val="006F2A18"/>
     <w:rsid w:val="006F2AF9"/>
@@ -27465,85 +29508,89 @@
     <w:rsid w:val="00764D25"/>
     <w:rsid w:val="00765487"/>
     <w:rsid w:val="007659AB"/>
     <w:rsid w:val="00767F48"/>
     <w:rsid w:val="00770011"/>
     <w:rsid w:val="00770161"/>
     <w:rsid w:val="00771D89"/>
     <w:rsid w:val="007720EC"/>
     <w:rsid w:val="00772961"/>
     <w:rsid w:val="007744D6"/>
     <w:rsid w:val="0077552A"/>
     <w:rsid w:val="00776282"/>
     <w:rsid w:val="00777254"/>
     <w:rsid w:val="00780478"/>
     <w:rsid w:val="007817DA"/>
     <w:rsid w:val="00781F0A"/>
     <w:rsid w:val="0078237B"/>
     <w:rsid w:val="00785C49"/>
     <w:rsid w:val="00785FF9"/>
     <w:rsid w:val="00787305"/>
     <w:rsid w:val="00787C58"/>
     <w:rsid w:val="00791AB5"/>
     <w:rsid w:val="00791C3F"/>
     <w:rsid w:val="00792F8E"/>
     <w:rsid w:val="0079373C"/>
+    <w:rsid w:val="00793B62"/>
     <w:rsid w:val="00794435"/>
+    <w:rsid w:val="00794C7E"/>
     <w:rsid w:val="0079689A"/>
     <w:rsid w:val="00796B7D"/>
     <w:rsid w:val="007A0FE9"/>
     <w:rsid w:val="007A3709"/>
     <w:rsid w:val="007A4FB9"/>
     <w:rsid w:val="007A5C6B"/>
     <w:rsid w:val="007A6386"/>
     <w:rsid w:val="007B3063"/>
     <w:rsid w:val="007B43FE"/>
     <w:rsid w:val="007B6374"/>
     <w:rsid w:val="007B79B2"/>
     <w:rsid w:val="007B7B10"/>
     <w:rsid w:val="007C00C0"/>
     <w:rsid w:val="007C14D1"/>
     <w:rsid w:val="007C2925"/>
     <w:rsid w:val="007C4132"/>
     <w:rsid w:val="007C44A5"/>
     <w:rsid w:val="007C713F"/>
     <w:rsid w:val="007C7CA4"/>
     <w:rsid w:val="007D01B3"/>
     <w:rsid w:val="007D0F7D"/>
     <w:rsid w:val="007D2127"/>
     <w:rsid w:val="007D21E2"/>
     <w:rsid w:val="007D2B42"/>
     <w:rsid w:val="007D31CD"/>
     <w:rsid w:val="007D383D"/>
     <w:rsid w:val="007D5103"/>
     <w:rsid w:val="007D5547"/>
     <w:rsid w:val="007D67BF"/>
     <w:rsid w:val="007D6B30"/>
     <w:rsid w:val="007D6B57"/>
     <w:rsid w:val="007D790F"/>
+    <w:rsid w:val="007D7B5E"/>
     <w:rsid w:val="007E02CA"/>
     <w:rsid w:val="007E0B53"/>
+    <w:rsid w:val="007E2180"/>
     <w:rsid w:val="007E4C63"/>
     <w:rsid w:val="007E70B1"/>
     <w:rsid w:val="007E7D91"/>
     <w:rsid w:val="007F0383"/>
     <w:rsid w:val="007F0390"/>
     <w:rsid w:val="007F0466"/>
     <w:rsid w:val="007F1232"/>
     <w:rsid w:val="007F13C0"/>
     <w:rsid w:val="007F28D3"/>
     <w:rsid w:val="007F5825"/>
     <w:rsid w:val="007F5D4D"/>
     <w:rsid w:val="007F6968"/>
     <w:rsid w:val="0080176B"/>
     <w:rsid w:val="00801B2E"/>
     <w:rsid w:val="0080528E"/>
     <w:rsid w:val="00806F3F"/>
     <w:rsid w:val="008107BC"/>
     <w:rsid w:val="0081145F"/>
     <w:rsid w:val="00811666"/>
     <w:rsid w:val="0081327C"/>
     <w:rsid w:val="008138DA"/>
     <w:rsid w:val="00816154"/>
     <w:rsid w:val="00816662"/>
     <w:rsid w:val="008178EF"/>
     <w:rsid w:val="00821C0A"/>
@@ -27720,50 +29767,51 @@
     <w:rsid w:val="00980241"/>
     <w:rsid w:val="00980E8B"/>
     <w:rsid w:val="00982CA7"/>
     <w:rsid w:val="00984025"/>
     <w:rsid w:val="00984E68"/>
     <w:rsid w:val="009854B3"/>
     <w:rsid w:val="009859DA"/>
     <w:rsid w:val="00985BC1"/>
     <w:rsid w:val="00987872"/>
     <w:rsid w:val="00987C38"/>
     <w:rsid w:val="00990FF0"/>
     <w:rsid w:val="009934D7"/>
     <w:rsid w:val="009940F4"/>
     <w:rsid w:val="00994AE8"/>
     <w:rsid w:val="00995D87"/>
     <w:rsid w:val="0099645F"/>
     <w:rsid w:val="009965E9"/>
     <w:rsid w:val="00996708"/>
     <w:rsid w:val="00997BA4"/>
     <w:rsid w:val="00997F2B"/>
     <w:rsid w:val="009A0372"/>
     <w:rsid w:val="009A07C6"/>
     <w:rsid w:val="009A08C2"/>
     <w:rsid w:val="009A2512"/>
     <w:rsid w:val="009A6F84"/>
+    <w:rsid w:val="009A7355"/>
     <w:rsid w:val="009A7E74"/>
     <w:rsid w:val="009B072E"/>
     <w:rsid w:val="009B0934"/>
     <w:rsid w:val="009B1ED1"/>
     <w:rsid w:val="009B6610"/>
     <w:rsid w:val="009B6D5E"/>
     <w:rsid w:val="009C14D3"/>
     <w:rsid w:val="009C5E43"/>
     <w:rsid w:val="009C62F2"/>
     <w:rsid w:val="009C78F9"/>
     <w:rsid w:val="009D09AB"/>
     <w:rsid w:val="009D1613"/>
     <w:rsid w:val="009D3AF7"/>
     <w:rsid w:val="009D3F96"/>
     <w:rsid w:val="009D58A5"/>
     <w:rsid w:val="009D6612"/>
     <w:rsid w:val="009D776A"/>
     <w:rsid w:val="009D77C1"/>
     <w:rsid w:val="009E0579"/>
     <w:rsid w:val="009E1CE7"/>
     <w:rsid w:val="009E2DF8"/>
     <w:rsid w:val="009E77A3"/>
     <w:rsid w:val="009E7FE1"/>
     <w:rsid w:val="009F1112"/>
     <w:rsid w:val="009F1F11"/>
@@ -27847,59 +29895,59 @@
     <w:rsid w:val="00AB42F6"/>
     <w:rsid w:val="00AB4EFE"/>
     <w:rsid w:val="00AB651D"/>
     <w:rsid w:val="00AB7DD2"/>
     <w:rsid w:val="00AC0213"/>
     <w:rsid w:val="00AC159F"/>
     <w:rsid w:val="00AC1708"/>
     <w:rsid w:val="00AC1848"/>
     <w:rsid w:val="00AC25BA"/>
     <w:rsid w:val="00AC32D7"/>
     <w:rsid w:val="00AC3457"/>
     <w:rsid w:val="00AC37F9"/>
     <w:rsid w:val="00AC54DC"/>
     <w:rsid w:val="00AC57BA"/>
     <w:rsid w:val="00AC6E54"/>
     <w:rsid w:val="00AC7091"/>
     <w:rsid w:val="00AC73CC"/>
     <w:rsid w:val="00AD19C3"/>
     <w:rsid w:val="00AD6A85"/>
     <w:rsid w:val="00AE029A"/>
     <w:rsid w:val="00AE18B1"/>
     <w:rsid w:val="00AE39BB"/>
     <w:rsid w:val="00AE46D3"/>
     <w:rsid w:val="00AE538E"/>
     <w:rsid w:val="00AE6F8A"/>
+    <w:rsid w:val="00AE73F3"/>
     <w:rsid w:val="00AE78D5"/>
     <w:rsid w:val="00AF0351"/>
     <w:rsid w:val="00AF0790"/>
     <w:rsid w:val="00AF0D8D"/>
     <w:rsid w:val="00AF1F37"/>
     <w:rsid w:val="00AF280E"/>
     <w:rsid w:val="00AF2B32"/>
     <w:rsid w:val="00AF5ADE"/>
-    <w:rsid w:val="00AF6690"/>
     <w:rsid w:val="00B00900"/>
     <w:rsid w:val="00B02DBB"/>
     <w:rsid w:val="00B032DB"/>
     <w:rsid w:val="00B03FE6"/>
     <w:rsid w:val="00B0427F"/>
     <w:rsid w:val="00B0551C"/>
     <w:rsid w:val="00B07FD2"/>
     <w:rsid w:val="00B10548"/>
     <w:rsid w:val="00B10738"/>
     <w:rsid w:val="00B12AF7"/>
     <w:rsid w:val="00B13404"/>
     <w:rsid w:val="00B13B49"/>
     <w:rsid w:val="00B14392"/>
     <w:rsid w:val="00B153F5"/>
     <w:rsid w:val="00B16ADC"/>
     <w:rsid w:val="00B17238"/>
     <w:rsid w:val="00B1799D"/>
     <w:rsid w:val="00B20313"/>
     <w:rsid w:val="00B2227A"/>
     <w:rsid w:val="00B23D09"/>
     <w:rsid w:val="00B23F78"/>
     <w:rsid w:val="00B24A01"/>
     <w:rsid w:val="00B24CBD"/>
     <w:rsid w:val="00B31CAC"/>
     <w:rsid w:val="00B32313"/>
@@ -27932,50 +29980,51 @@
     <w:rsid w:val="00B649A5"/>
     <w:rsid w:val="00B65381"/>
     <w:rsid w:val="00B65F86"/>
     <w:rsid w:val="00B67050"/>
     <w:rsid w:val="00B67133"/>
     <w:rsid w:val="00B67912"/>
     <w:rsid w:val="00B71B7B"/>
     <w:rsid w:val="00B726EE"/>
     <w:rsid w:val="00B72C39"/>
     <w:rsid w:val="00B74C49"/>
     <w:rsid w:val="00B7500B"/>
     <w:rsid w:val="00B75675"/>
     <w:rsid w:val="00B75BDB"/>
     <w:rsid w:val="00B76797"/>
     <w:rsid w:val="00B76CAF"/>
     <w:rsid w:val="00B771F0"/>
     <w:rsid w:val="00B80B32"/>
     <w:rsid w:val="00B81AA4"/>
     <w:rsid w:val="00B82DDA"/>
     <w:rsid w:val="00B86071"/>
     <w:rsid w:val="00B86396"/>
     <w:rsid w:val="00B86A62"/>
     <w:rsid w:val="00B87EDD"/>
     <w:rsid w:val="00B92272"/>
     <w:rsid w:val="00B92F14"/>
+    <w:rsid w:val="00B93429"/>
     <w:rsid w:val="00B94022"/>
     <w:rsid w:val="00B96885"/>
     <w:rsid w:val="00B96A4C"/>
     <w:rsid w:val="00B96C5D"/>
     <w:rsid w:val="00BA001E"/>
     <w:rsid w:val="00BA0482"/>
     <w:rsid w:val="00BA2555"/>
     <w:rsid w:val="00BA39C2"/>
     <w:rsid w:val="00BA6E0C"/>
     <w:rsid w:val="00BB2789"/>
     <w:rsid w:val="00BB2B14"/>
     <w:rsid w:val="00BB3213"/>
     <w:rsid w:val="00BB3A6A"/>
     <w:rsid w:val="00BB3A9E"/>
     <w:rsid w:val="00BB670B"/>
     <w:rsid w:val="00BB71FB"/>
     <w:rsid w:val="00BC08C6"/>
     <w:rsid w:val="00BC0E1E"/>
     <w:rsid w:val="00BC1580"/>
     <w:rsid w:val="00BC3352"/>
     <w:rsid w:val="00BC3728"/>
     <w:rsid w:val="00BC4441"/>
     <w:rsid w:val="00BC4B9D"/>
     <w:rsid w:val="00BC6E8B"/>
     <w:rsid w:val="00BD1A92"/>
@@ -27992,50 +30041,51 @@
     <w:rsid w:val="00BE5924"/>
     <w:rsid w:val="00BE5C7F"/>
     <w:rsid w:val="00BE7C83"/>
     <w:rsid w:val="00BF017B"/>
     <w:rsid w:val="00BF5784"/>
     <w:rsid w:val="00BF58BB"/>
     <w:rsid w:val="00BF5E89"/>
     <w:rsid w:val="00BF61B3"/>
     <w:rsid w:val="00BF62B6"/>
     <w:rsid w:val="00BF662B"/>
     <w:rsid w:val="00BF672B"/>
     <w:rsid w:val="00BF68E6"/>
     <w:rsid w:val="00BF7174"/>
     <w:rsid w:val="00BF78D1"/>
     <w:rsid w:val="00C008C1"/>
     <w:rsid w:val="00C015FD"/>
     <w:rsid w:val="00C02251"/>
     <w:rsid w:val="00C02E7D"/>
     <w:rsid w:val="00C03158"/>
     <w:rsid w:val="00C034F2"/>
     <w:rsid w:val="00C03ADD"/>
     <w:rsid w:val="00C048D0"/>
     <w:rsid w:val="00C05D47"/>
     <w:rsid w:val="00C0614F"/>
     <w:rsid w:val="00C07E59"/>
+    <w:rsid w:val="00C10395"/>
     <w:rsid w:val="00C1041D"/>
     <w:rsid w:val="00C10F7B"/>
     <w:rsid w:val="00C114B3"/>
     <w:rsid w:val="00C13E97"/>
     <w:rsid w:val="00C1529B"/>
     <w:rsid w:val="00C15325"/>
     <w:rsid w:val="00C1631D"/>
     <w:rsid w:val="00C17253"/>
     <w:rsid w:val="00C17787"/>
     <w:rsid w:val="00C22A72"/>
     <w:rsid w:val="00C22EFC"/>
     <w:rsid w:val="00C23768"/>
     <w:rsid w:val="00C2464D"/>
     <w:rsid w:val="00C24A5A"/>
     <w:rsid w:val="00C25275"/>
     <w:rsid w:val="00C25E25"/>
     <w:rsid w:val="00C30387"/>
     <w:rsid w:val="00C307CC"/>
     <w:rsid w:val="00C30E3C"/>
     <w:rsid w:val="00C31091"/>
     <w:rsid w:val="00C314E5"/>
     <w:rsid w:val="00C32278"/>
     <w:rsid w:val="00C32B2C"/>
     <w:rsid w:val="00C3312F"/>
     <w:rsid w:val="00C33B8A"/>
@@ -28045,159 +30095,164 @@
     <w:rsid w:val="00C40F86"/>
     <w:rsid w:val="00C4200F"/>
     <w:rsid w:val="00C4205C"/>
     <w:rsid w:val="00C42148"/>
     <w:rsid w:val="00C429C2"/>
     <w:rsid w:val="00C43857"/>
     <w:rsid w:val="00C44100"/>
     <w:rsid w:val="00C44321"/>
     <w:rsid w:val="00C44D9E"/>
     <w:rsid w:val="00C450F2"/>
     <w:rsid w:val="00C454A1"/>
     <w:rsid w:val="00C46F35"/>
     <w:rsid w:val="00C477C5"/>
     <w:rsid w:val="00C47959"/>
     <w:rsid w:val="00C502B2"/>
     <w:rsid w:val="00C506C5"/>
     <w:rsid w:val="00C51165"/>
     <w:rsid w:val="00C517C6"/>
     <w:rsid w:val="00C52B24"/>
     <w:rsid w:val="00C53340"/>
     <w:rsid w:val="00C54753"/>
     <w:rsid w:val="00C557B6"/>
     <w:rsid w:val="00C55C10"/>
     <w:rsid w:val="00C563BE"/>
     <w:rsid w:val="00C56B54"/>
+    <w:rsid w:val="00C5737D"/>
     <w:rsid w:val="00C57C27"/>
     <w:rsid w:val="00C61F6F"/>
     <w:rsid w:val="00C6251C"/>
     <w:rsid w:val="00C6305F"/>
     <w:rsid w:val="00C63EC0"/>
     <w:rsid w:val="00C645A3"/>
     <w:rsid w:val="00C64842"/>
     <w:rsid w:val="00C658C2"/>
+    <w:rsid w:val="00C66028"/>
     <w:rsid w:val="00C7098F"/>
     <w:rsid w:val="00C70993"/>
     <w:rsid w:val="00C71303"/>
     <w:rsid w:val="00C75120"/>
     <w:rsid w:val="00C75CE3"/>
     <w:rsid w:val="00C77003"/>
     <w:rsid w:val="00C82A2A"/>
     <w:rsid w:val="00C8403B"/>
     <w:rsid w:val="00C8501C"/>
     <w:rsid w:val="00C85726"/>
     <w:rsid w:val="00C913D6"/>
     <w:rsid w:val="00C91766"/>
     <w:rsid w:val="00C9192A"/>
     <w:rsid w:val="00C93574"/>
     <w:rsid w:val="00C94987"/>
     <w:rsid w:val="00C94CDD"/>
     <w:rsid w:val="00C965FA"/>
     <w:rsid w:val="00C96A81"/>
     <w:rsid w:val="00C97918"/>
     <w:rsid w:val="00CA50F9"/>
     <w:rsid w:val="00CA51D0"/>
     <w:rsid w:val="00CA62BE"/>
     <w:rsid w:val="00CA637B"/>
     <w:rsid w:val="00CA6ECA"/>
     <w:rsid w:val="00CB0005"/>
     <w:rsid w:val="00CB1476"/>
+    <w:rsid w:val="00CB214D"/>
     <w:rsid w:val="00CB34E9"/>
     <w:rsid w:val="00CB360B"/>
     <w:rsid w:val="00CB47B3"/>
     <w:rsid w:val="00CB495D"/>
     <w:rsid w:val="00CB53F3"/>
     <w:rsid w:val="00CB5715"/>
     <w:rsid w:val="00CB680C"/>
     <w:rsid w:val="00CB6A80"/>
     <w:rsid w:val="00CB77B8"/>
     <w:rsid w:val="00CC1DBE"/>
     <w:rsid w:val="00CC2F24"/>
     <w:rsid w:val="00CC3E90"/>
     <w:rsid w:val="00CC424D"/>
     <w:rsid w:val="00CC4EFD"/>
     <w:rsid w:val="00CC6BE3"/>
     <w:rsid w:val="00CC6CDB"/>
     <w:rsid w:val="00CC7297"/>
     <w:rsid w:val="00CC730A"/>
     <w:rsid w:val="00CC7F99"/>
     <w:rsid w:val="00CD01F6"/>
     <w:rsid w:val="00CD3C48"/>
     <w:rsid w:val="00CD6147"/>
     <w:rsid w:val="00CD793B"/>
     <w:rsid w:val="00CE00E1"/>
     <w:rsid w:val="00CE07F6"/>
     <w:rsid w:val="00CE2610"/>
+    <w:rsid w:val="00CE3AD3"/>
     <w:rsid w:val="00CE42B3"/>
     <w:rsid w:val="00CE4348"/>
     <w:rsid w:val="00CE4611"/>
     <w:rsid w:val="00CE4820"/>
     <w:rsid w:val="00CE4C44"/>
     <w:rsid w:val="00CE5DEF"/>
     <w:rsid w:val="00CE7207"/>
     <w:rsid w:val="00CE7769"/>
     <w:rsid w:val="00CE7A17"/>
     <w:rsid w:val="00CE7EB4"/>
     <w:rsid w:val="00CF06FC"/>
     <w:rsid w:val="00CF48E4"/>
     <w:rsid w:val="00CF7D20"/>
     <w:rsid w:val="00CF7FF1"/>
     <w:rsid w:val="00D000D9"/>
     <w:rsid w:val="00D003AA"/>
     <w:rsid w:val="00D02307"/>
     <w:rsid w:val="00D02FC3"/>
     <w:rsid w:val="00D0390B"/>
     <w:rsid w:val="00D039E3"/>
     <w:rsid w:val="00D04821"/>
     <w:rsid w:val="00D05AEA"/>
     <w:rsid w:val="00D05D2F"/>
     <w:rsid w:val="00D0657B"/>
     <w:rsid w:val="00D0715C"/>
     <w:rsid w:val="00D07CBB"/>
     <w:rsid w:val="00D10C49"/>
     <w:rsid w:val="00D11B59"/>
     <w:rsid w:val="00D11DF7"/>
     <w:rsid w:val="00D11F69"/>
     <w:rsid w:val="00D1284C"/>
     <w:rsid w:val="00D15112"/>
     <w:rsid w:val="00D20348"/>
     <w:rsid w:val="00D21F43"/>
     <w:rsid w:val="00D23930"/>
     <w:rsid w:val="00D23F81"/>
     <w:rsid w:val="00D24754"/>
     <w:rsid w:val="00D24869"/>
     <w:rsid w:val="00D269C3"/>
     <w:rsid w:val="00D27654"/>
     <w:rsid w:val="00D31CA6"/>
     <w:rsid w:val="00D32698"/>
     <w:rsid w:val="00D32E1F"/>
     <w:rsid w:val="00D34A47"/>
     <w:rsid w:val="00D35578"/>
     <w:rsid w:val="00D3577F"/>
     <w:rsid w:val="00D360D9"/>
     <w:rsid w:val="00D40969"/>
     <w:rsid w:val="00D40F25"/>
+    <w:rsid w:val="00D41093"/>
     <w:rsid w:val="00D4145C"/>
     <w:rsid w:val="00D41A2F"/>
     <w:rsid w:val="00D44100"/>
     <w:rsid w:val="00D456A6"/>
     <w:rsid w:val="00D467EA"/>
     <w:rsid w:val="00D47277"/>
     <w:rsid w:val="00D4774D"/>
     <w:rsid w:val="00D50BAE"/>
     <w:rsid w:val="00D51880"/>
     <w:rsid w:val="00D51EF9"/>
     <w:rsid w:val="00D52345"/>
     <w:rsid w:val="00D53219"/>
     <w:rsid w:val="00D5420C"/>
     <w:rsid w:val="00D565E5"/>
     <w:rsid w:val="00D56807"/>
     <w:rsid w:val="00D650A0"/>
     <w:rsid w:val="00D65127"/>
     <w:rsid w:val="00D669FD"/>
     <w:rsid w:val="00D71A5E"/>
     <w:rsid w:val="00D72E0E"/>
     <w:rsid w:val="00D757F1"/>
     <w:rsid w:val="00D76BE8"/>
     <w:rsid w:val="00D8022F"/>
     <w:rsid w:val="00D808FE"/>
     <w:rsid w:val="00D84991"/>
@@ -28233,100 +30288,102 @@
     <w:rsid w:val="00DC5BA2"/>
     <w:rsid w:val="00DC6B70"/>
     <w:rsid w:val="00DC7087"/>
     <w:rsid w:val="00DD0ADB"/>
     <w:rsid w:val="00DD1BC4"/>
     <w:rsid w:val="00DD21A9"/>
     <w:rsid w:val="00DD6832"/>
     <w:rsid w:val="00DD6B80"/>
     <w:rsid w:val="00DD7966"/>
     <w:rsid w:val="00DD7FC7"/>
     <w:rsid w:val="00DE0F99"/>
     <w:rsid w:val="00DE1669"/>
     <w:rsid w:val="00DE2EB0"/>
     <w:rsid w:val="00DE3648"/>
     <w:rsid w:val="00DE3B67"/>
     <w:rsid w:val="00DE4D78"/>
     <w:rsid w:val="00DE5B59"/>
     <w:rsid w:val="00DE60F4"/>
     <w:rsid w:val="00DE773F"/>
     <w:rsid w:val="00DF04C2"/>
     <w:rsid w:val="00DF0CD1"/>
     <w:rsid w:val="00DF11E7"/>
     <w:rsid w:val="00DF2C4C"/>
     <w:rsid w:val="00DF490D"/>
     <w:rsid w:val="00DF634E"/>
+    <w:rsid w:val="00DF7269"/>
     <w:rsid w:val="00DF7899"/>
     <w:rsid w:val="00DF7BCE"/>
     <w:rsid w:val="00E00CEB"/>
     <w:rsid w:val="00E019DD"/>
     <w:rsid w:val="00E02013"/>
     <w:rsid w:val="00E02172"/>
     <w:rsid w:val="00E03454"/>
     <w:rsid w:val="00E0395F"/>
     <w:rsid w:val="00E067E7"/>
     <w:rsid w:val="00E06831"/>
     <w:rsid w:val="00E06F20"/>
     <w:rsid w:val="00E07202"/>
     <w:rsid w:val="00E07411"/>
     <w:rsid w:val="00E130B1"/>
     <w:rsid w:val="00E15166"/>
     <w:rsid w:val="00E15264"/>
     <w:rsid w:val="00E1578A"/>
     <w:rsid w:val="00E15853"/>
     <w:rsid w:val="00E15F10"/>
     <w:rsid w:val="00E161A2"/>
     <w:rsid w:val="00E16D6A"/>
     <w:rsid w:val="00E217C5"/>
     <w:rsid w:val="00E2299A"/>
     <w:rsid w:val="00E229C6"/>
     <w:rsid w:val="00E230B8"/>
     <w:rsid w:val="00E2393D"/>
     <w:rsid w:val="00E23A95"/>
     <w:rsid w:val="00E25C80"/>
     <w:rsid w:val="00E26817"/>
     <w:rsid w:val="00E26CF4"/>
     <w:rsid w:val="00E2730E"/>
     <w:rsid w:val="00E3125D"/>
     <w:rsid w:val="00E335DC"/>
     <w:rsid w:val="00E35FA7"/>
     <w:rsid w:val="00E373C9"/>
     <w:rsid w:val="00E374B7"/>
     <w:rsid w:val="00E376AD"/>
     <w:rsid w:val="00E40B0E"/>
     <w:rsid w:val="00E41088"/>
     <w:rsid w:val="00E41259"/>
     <w:rsid w:val="00E47805"/>
     <w:rsid w:val="00E47D46"/>
     <w:rsid w:val="00E51081"/>
     <w:rsid w:val="00E51C09"/>
     <w:rsid w:val="00E52645"/>
     <w:rsid w:val="00E52D8D"/>
     <w:rsid w:val="00E538C9"/>
     <w:rsid w:val="00E540A9"/>
     <w:rsid w:val="00E54F03"/>
     <w:rsid w:val="00E630E9"/>
+    <w:rsid w:val="00E63A04"/>
     <w:rsid w:val="00E644CB"/>
     <w:rsid w:val="00E65AD3"/>
     <w:rsid w:val="00E67356"/>
     <w:rsid w:val="00E7022D"/>
     <w:rsid w:val="00E70471"/>
     <w:rsid w:val="00E7104A"/>
     <w:rsid w:val="00E71DD5"/>
     <w:rsid w:val="00E75526"/>
     <w:rsid w:val="00E75D1F"/>
     <w:rsid w:val="00E768C0"/>
     <w:rsid w:val="00E77F09"/>
     <w:rsid w:val="00E81646"/>
     <w:rsid w:val="00E81DF6"/>
     <w:rsid w:val="00E82668"/>
     <w:rsid w:val="00E85065"/>
     <w:rsid w:val="00E85623"/>
     <w:rsid w:val="00E8577C"/>
     <w:rsid w:val="00E858AC"/>
     <w:rsid w:val="00E87B7D"/>
     <w:rsid w:val="00E87CE6"/>
     <w:rsid w:val="00E909B8"/>
     <w:rsid w:val="00E916AA"/>
     <w:rsid w:val="00E91F9B"/>
     <w:rsid w:val="00E92A68"/>
     <w:rsid w:val="00E934CA"/>
@@ -28367,69 +30424,71 @@
     <w:rsid w:val="00ED27E2"/>
     <w:rsid w:val="00ED2BEB"/>
     <w:rsid w:val="00ED3737"/>
     <w:rsid w:val="00ED487E"/>
     <w:rsid w:val="00ED58DA"/>
     <w:rsid w:val="00ED6C38"/>
     <w:rsid w:val="00ED7284"/>
     <w:rsid w:val="00ED7887"/>
     <w:rsid w:val="00ED7BC0"/>
     <w:rsid w:val="00EE104C"/>
     <w:rsid w:val="00EE1747"/>
     <w:rsid w:val="00EE1F2E"/>
     <w:rsid w:val="00EE22F0"/>
     <w:rsid w:val="00EE2B89"/>
     <w:rsid w:val="00EE2C0F"/>
     <w:rsid w:val="00EE36C9"/>
     <w:rsid w:val="00EE545A"/>
     <w:rsid w:val="00EE70C5"/>
     <w:rsid w:val="00EF38A0"/>
     <w:rsid w:val="00EF3999"/>
     <w:rsid w:val="00EF6282"/>
     <w:rsid w:val="00EF633E"/>
     <w:rsid w:val="00F004B3"/>
     <w:rsid w:val="00F01A1D"/>
     <w:rsid w:val="00F03231"/>
+    <w:rsid w:val="00F04438"/>
     <w:rsid w:val="00F04655"/>
     <w:rsid w:val="00F04BB9"/>
     <w:rsid w:val="00F05305"/>
     <w:rsid w:val="00F05BF4"/>
     <w:rsid w:val="00F061C7"/>
     <w:rsid w:val="00F06364"/>
     <w:rsid w:val="00F06DE9"/>
     <w:rsid w:val="00F07A13"/>
     <w:rsid w:val="00F12481"/>
     <w:rsid w:val="00F133F0"/>
     <w:rsid w:val="00F20003"/>
     <w:rsid w:val="00F22A08"/>
     <w:rsid w:val="00F23556"/>
     <w:rsid w:val="00F24463"/>
     <w:rsid w:val="00F26003"/>
     <w:rsid w:val="00F3228C"/>
     <w:rsid w:val="00F32F5B"/>
     <w:rsid w:val="00F35D69"/>
     <w:rsid w:val="00F364A1"/>
+    <w:rsid w:val="00F36BA0"/>
     <w:rsid w:val="00F36D73"/>
     <w:rsid w:val="00F378A5"/>
     <w:rsid w:val="00F37A24"/>
     <w:rsid w:val="00F37DA0"/>
     <w:rsid w:val="00F40306"/>
     <w:rsid w:val="00F4092A"/>
     <w:rsid w:val="00F40D66"/>
     <w:rsid w:val="00F429AE"/>
     <w:rsid w:val="00F450EE"/>
     <w:rsid w:val="00F500E1"/>
     <w:rsid w:val="00F50A38"/>
     <w:rsid w:val="00F518EE"/>
     <w:rsid w:val="00F51CF6"/>
     <w:rsid w:val="00F54172"/>
     <w:rsid w:val="00F5441E"/>
     <w:rsid w:val="00F5444F"/>
     <w:rsid w:val="00F5474A"/>
     <w:rsid w:val="00F54A31"/>
     <w:rsid w:val="00F54EF0"/>
     <w:rsid w:val="00F55016"/>
     <w:rsid w:val="00F56DDD"/>
     <w:rsid w:val="00F57FC2"/>
     <w:rsid w:val="00F6127F"/>
     <w:rsid w:val="00F6167D"/>
     <w:rsid w:val="00F62479"/>
@@ -28440,58 +30499,60 @@
     <w:rsid w:val="00F70DF1"/>
     <w:rsid w:val="00F71FBD"/>
     <w:rsid w:val="00F72AA2"/>
     <w:rsid w:val="00F732B9"/>
     <w:rsid w:val="00F73353"/>
     <w:rsid w:val="00F73BE9"/>
     <w:rsid w:val="00F76062"/>
     <w:rsid w:val="00F76228"/>
     <w:rsid w:val="00F76613"/>
     <w:rsid w:val="00F76D4B"/>
     <w:rsid w:val="00F776CF"/>
     <w:rsid w:val="00F806FE"/>
     <w:rsid w:val="00F82100"/>
     <w:rsid w:val="00F82D2D"/>
     <w:rsid w:val="00F83506"/>
     <w:rsid w:val="00F848AA"/>
     <w:rsid w:val="00F84915"/>
     <w:rsid w:val="00F8662E"/>
     <w:rsid w:val="00F87CF0"/>
     <w:rsid w:val="00F9059B"/>
     <w:rsid w:val="00F90D50"/>
     <w:rsid w:val="00F92622"/>
     <w:rsid w:val="00F93ECA"/>
     <w:rsid w:val="00F942CC"/>
     <w:rsid w:val="00F94469"/>
+    <w:rsid w:val="00F9642F"/>
     <w:rsid w:val="00F97B61"/>
     <w:rsid w:val="00FA198A"/>
     <w:rsid w:val="00FA2238"/>
     <w:rsid w:val="00FA4CE4"/>
     <w:rsid w:val="00FA5043"/>
     <w:rsid w:val="00FA5174"/>
     <w:rsid w:val="00FA6121"/>
     <w:rsid w:val="00FA7661"/>
+    <w:rsid w:val="00FA7A2E"/>
     <w:rsid w:val="00FB1666"/>
     <w:rsid w:val="00FB1889"/>
     <w:rsid w:val="00FB2723"/>
     <w:rsid w:val="00FB4987"/>
     <w:rsid w:val="00FB540A"/>
     <w:rsid w:val="00FB59BE"/>
     <w:rsid w:val="00FB7595"/>
     <w:rsid w:val="00FB7797"/>
     <w:rsid w:val="00FC0906"/>
     <w:rsid w:val="00FC1D5E"/>
     <w:rsid w:val="00FC3749"/>
     <w:rsid w:val="00FC49DA"/>
     <w:rsid w:val="00FD073E"/>
     <w:rsid w:val="00FD0BD5"/>
     <w:rsid w:val="00FD2429"/>
     <w:rsid w:val="00FD244A"/>
     <w:rsid w:val="00FD2CA5"/>
     <w:rsid w:val="00FD6B22"/>
     <w:rsid w:val="00FD6EF3"/>
     <w:rsid w:val="00FD711A"/>
     <w:rsid w:val="00FD773B"/>
     <w:rsid w:val="00FE0FDD"/>
     <w:rsid w:val="00FE1B01"/>
     <w:rsid w:val="00FE60E4"/>
     <w:rsid w:val="00FE61B3"/>
@@ -28638,51 +30699,51 @@
     <w:rsid w:val="7DB81793"/>
     <w:rsid w:val="7ECD8419"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C7090D0"/>
   <w15:docId w15:val="{D678ADF1-DD64-4B57-AB79-BB9343E6DE49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
@@ -30281,51 +32342,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2125539338">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/amc/en/mediation/rules/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/epqs-portal" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/copyright" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/ivd-performance-evaluation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/book-orders" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wipo.int/amc/en/mediation/rules/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/ivd-performance-evaluation" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/copyright" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/publications/book-orders" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iris.who.int/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc-sa/3.0/igo/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/epqs-portal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://extranet.who.int/prequal/ivd-performance-evaluation" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1082065158"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -31181,79 +33242,50 @@
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="91C39797DECA4AD39E456AA7EAD0C5DF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{417779F5-9DF9-46E1-B2D8-9810FBAE5CC2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001D432B" w:rsidRDefault="00B13B49" w:rsidP="00B13B49">
           <w:pPr>
             <w:pStyle w:val="79A370ECCF9E48D5A6438B5E052D425A"/>
-          </w:pPr>
-[...27 lines deleted...]
-            <w:pStyle w:val="B94C52CD06C14BC68CB53670F7B381E4"/>
           </w:pPr>
           <w:r w:rsidRPr="007646F1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="472CED3E811B483CA78EF4F560785253"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{86BACF04-A3CE-4F1C-B780-CF7F0163FF1D}"/>
       </w:docPartPr>
@@ -34821,51 +36853,50 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
-    <w:altName w:val="Georgia"/>
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -34917,199 +36948,207 @@
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B13B49"/>
     <w:rsid w:val="00023D6C"/>
     <w:rsid w:val="0004562E"/>
     <w:rsid w:val="00061FD4"/>
     <w:rsid w:val="000765FA"/>
     <w:rsid w:val="00077EFD"/>
     <w:rsid w:val="000F6A7D"/>
     <w:rsid w:val="00103FED"/>
     <w:rsid w:val="00162ECC"/>
     <w:rsid w:val="00164834"/>
     <w:rsid w:val="00170C48"/>
     <w:rsid w:val="001B517E"/>
     <w:rsid w:val="001D432B"/>
     <w:rsid w:val="001D78BF"/>
     <w:rsid w:val="001F40C5"/>
     <w:rsid w:val="002142B8"/>
     <w:rsid w:val="00237F51"/>
     <w:rsid w:val="00262510"/>
     <w:rsid w:val="00272E10"/>
     <w:rsid w:val="00276B04"/>
     <w:rsid w:val="002B1A0D"/>
     <w:rsid w:val="002D21F9"/>
+    <w:rsid w:val="002E50AA"/>
+    <w:rsid w:val="00301EE4"/>
     <w:rsid w:val="00301FB3"/>
     <w:rsid w:val="00320D8A"/>
     <w:rsid w:val="00343083"/>
     <w:rsid w:val="00384101"/>
     <w:rsid w:val="003E3F29"/>
     <w:rsid w:val="004356C1"/>
     <w:rsid w:val="004C5807"/>
     <w:rsid w:val="004D37F3"/>
     <w:rsid w:val="004F715C"/>
     <w:rsid w:val="005043AE"/>
     <w:rsid w:val="00540952"/>
     <w:rsid w:val="00552197"/>
+    <w:rsid w:val="00570397"/>
     <w:rsid w:val="0057514C"/>
     <w:rsid w:val="00594446"/>
     <w:rsid w:val="00595FFF"/>
     <w:rsid w:val="005D4629"/>
     <w:rsid w:val="005E3DE2"/>
     <w:rsid w:val="00603053"/>
     <w:rsid w:val="00620250"/>
     <w:rsid w:val="0062719C"/>
     <w:rsid w:val="00697B4D"/>
     <w:rsid w:val="006D50CA"/>
     <w:rsid w:val="006F785D"/>
     <w:rsid w:val="00701DEC"/>
     <w:rsid w:val="007171F4"/>
     <w:rsid w:val="00762BE8"/>
     <w:rsid w:val="00782F4F"/>
     <w:rsid w:val="00795D20"/>
     <w:rsid w:val="007F634A"/>
     <w:rsid w:val="007F72A8"/>
     <w:rsid w:val="00834D4B"/>
     <w:rsid w:val="00852686"/>
     <w:rsid w:val="00864166"/>
     <w:rsid w:val="0088291F"/>
     <w:rsid w:val="00891CC7"/>
     <w:rsid w:val="008C62B0"/>
     <w:rsid w:val="008D7351"/>
     <w:rsid w:val="008E52E2"/>
     <w:rsid w:val="009110D1"/>
     <w:rsid w:val="00915CFF"/>
     <w:rsid w:val="0093600E"/>
     <w:rsid w:val="00944209"/>
     <w:rsid w:val="00956B89"/>
     <w:rsid w:val="009671C8"/>
     <w:rsid w:val="00994AE8"/>
     <w:rsid w:val="009B5068"/>
     <w:rsid w:val="00A00A87"/>
     <w:rsid w:val="00A00E1E"/>
     <w:rsid w:val="00A140E5"/>
     <w:rsid w:val="00A6101F"/>
     <w:rsid w:val="00A66289"/>
     <w:rsid w:val="00A8133B"/>
     <w:rsid w:val="00AA3A9E"/>
     <w:rsid w:val="00AC2C44"/>
+    <w:rsid w:val="00AE73F3"/>
     <w:rsid w:val="00B10906"/>
     <w:rsid w:val="00B13B49"/>
     <w:rsid w:val="00B20453"/>
     <w:rsid w:val="00B87D97"/>
     <w:rsid w:val="00B87EDD"/>
     <w:rsid w:val="00B960A4"/>
     <w:rsid w:val="00BB3A6A"/>
     <w:rsid w:val="00BD182F"/>
     <w:rsid w:val="00BE334D"/>
     <w:rsid w:val="00C02251"/>
+    <w:rsid w:val="00C10395"/>
     <w:rsid w:val="00C15325"/>
     <w:rsid w:val="00C1631D"/>
     <w:rsid w:val="00C429C2"/>
     <w:rsid w:val="00C557B6"/>
     <w:rsid w:val="00C55FB4"/>
     <w:rsid w:val="00C77432"/>
     <w:rsid w:val="00CC2F24"/>
     <w:rsid w:val="00CC730A"/>
     <w:rsid w:val="00D047F5"/>
     <w:rsid w:val="00D05CAA"/>
     <w:rsid w:val="00D12405"/>
     <w:rsid w:val="00D32E1F"/>
     <w:rsid w:val="00D757F1"/>
     <w:rsid w:val="00D877FF"/>
     <w:rsid w:val="00DC468F"/>
     <w:rsid w:val="00DF2B03"/>
+    <w:rsid w:val="00DF7269"/>
     <w:rsid w:val="00DF7BCE"/>
     <w:rsid w:val="00E3640A"/>
     <w:rsid w:val="00E47D46"/>
     <w:rsid w:val="00E54F03"/>
     <w:rsid w:val="00E56E51"/>
     <w:rsid w:val="00E60CFE"/>
     <w:rsid w:val="00ED592F"/>
     <w:rsid w:val="00EE545A"/>
     <w:rsid w:val="00EF6282"/>
     <w:rsid w:val="00EF68C5"/>
     <w:rsid w:val="00F0340D"/>
     <w:rsid w:val="00F05618"/>
     <w:rsid w:val="00F20925"/>
     <w:rsid w:val="00F21F0A"/>
     <w:rsid w:val="00F364A1"/>
     <w:rsid w:val="00F732B9"/>
     <w:rsid w:val="00F95D9C"/>
+    <w:rsid w:val="00FA7A2E"/>
     <w:rsid w:val="00FC6CEC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -37192,59 +39231,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004081EA5D144F46478FCA039F53F0651F" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="10a8f2dece813f3281fec549fad7bfdf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="97eadeb2-cd7a-457f-ac14-0ed0556ce061" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9c363e5cb49bebd578ba44a5c71801f7" ns2:_="">
     <xsd:import namespace="97eadeb2-cd7a-457f-ac14-0ed0556ce061"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97eadeb2-cd7a-457f-ac14-0ed0556ce061" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -37338,133 +39368,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{288CB1B9-961C-471E-9F0D-CB307448578A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="97eadeb2-cd7a-457f-ac14-0ed0556ce061"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{371AF249-623D-4D0A-A8EE-39F46EB2C8C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBE1AD8D-4385-491A-B620-D4174DC6DC02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2D7525D-A100-49D6-A759-9FC7C5F6273F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>27634</Characters>
+  <Pages>18</Pages>
+  <Words>4752</Words>
+  <Characters>29348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>230</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>244</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PQDx460 EOI for PE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>World Health Organization</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32047</CharactersWithSpaces>
+  <CharactersWithSpaces>34032</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="258" baseType="variant">
       <vt:variant>
         <vt:i4>6553638</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>231</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://extranet.who.int/prequal/ivd-performance-evaluation</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2490380</vt:i4>
       </vt:variant>
       <vt:variant>